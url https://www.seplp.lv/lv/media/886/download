--- v0 (2025-12-30)
+++ v1 (2026-03-30)
@@ -1,5472 +1,9503 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="7CC4A67A" w14:textId="77777777" w:rsidR="00EA56B9" w:rsidRPr="00402488" w:rsidRDefault="00EA56B9" w:rsidP="00EA56B9">
-[...6 lines deleted...]
-        <w:ind w:right="19"/>
+    <w:p w14:paraId="1A60FE52" w14:textId="47FA99C5" w:rsidR="00B30C0E" w:rsidRPr="00DC4F6F" w:rsidRDefault="00B30C0E" w:rsidP="00B30C0E">
+      <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:color w:val="000000"/>
-          <w:lang w:eastAsia="en-US"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00402488">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DC4F6F">
         <w:rPr>
           <w:color w:val="000000"/>
-          <w:spacing w:val="-13"/>
-[...1 lines deleted...]
-        <w:t>APSTIPRINĀTS</w:t>
+        </w:rPr>
+        <w:t>APSTIPRINĀT</w:t>
+      </w:r>
+      <w:r w:rsidR="000F71BA" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>A</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1F3392B4" w14:textId="77777777" w:rsidR="00EA56B9" w:rsidRPr="00402488" w:rsidRDefault="00EA56B9" w:rsidP="00EA56B9">
+    <w:p w14:paraId="16094AFC" w14:textId="3FC4F221" w:rsidR="00B30C0E" w:rsidRPr="00DC4F6F" w:rsidRDefault="00B30C0E" w:rsidP="00B30C0E">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00402488">
+      <w:r w:rsidRPr="00DC4F6F">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve">ar Sabiedrisko elektronisko plašsaziņas līdzekļu padomes </w:t>
+        <w:t>2026.</w:t>
+      </w:r>
+      <w:r w:rsidR="003B6FAA" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">gada </w:t>
+      </w:r>
+      <w:r w:rsidR="002453A7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>. </w:t>
+      </w:r>
+      <w:r w:rsidR="003B6FAA" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>martā</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="188FCAF3" w14:textId="41C46410" w:rsidR="00EA56B9" w:rsidRPr="00402488" w:rsidRDefault="00EA56B9" w:rsidP="00EA56B9">
+    <w:p w14:paraId="7D8E6C0D" w14:textId="387610EE" w:rsidR="00B30C0E" w:rsidRPr="00DC4F6F" w:rsidRDefault="00B30C0E" w:rsidP="00B30C0E">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00402488">
+      <w:r w:rsidRPr="00DC4F6F">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve">2023. gada </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="0082289D">
+        <w:t>Sabiedrisko</w:t>
+      </w:r>
+      <w:r w:rsidR="003B6FAA" w:rsidRPr="00DC4F6F">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>9</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00402488">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC4F6F">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>. marta lēmumu Nr.</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="003F239E">
+        <w:t>elektronisko</w:t>
+      </w:r>
+      <w:r w:rsidR="003B6FAA" w:rsidRPr="00DC4F6F">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>10</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00402488">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC4F6F">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve">/1-1 </w:t>
+        <w:t>plašsaziņas līdzekļu ombuds</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5F6991A9" w14:textId="77777777" w:rsidR="00EA56B9" w:rsidRPr="00402488" w:rsidRDefault="00EA56B9" w:rsidP="00EA56B9">
+    <w:p w14:paraId="5BD42C00" w14:textId="77777777" w:rsidR="00B30C0E" w:rsidRPr="00DC4F6F" w:rsidRDefault="00B30C0E" w:rsidP="00B30C0E">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00402488">
+      <w:r w:rsidRPr="00DC4F6F">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>Padomes priekšsēdētājs</w:t>
+        <w:t>Edmunds Apsalons_________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7005E1E0" w14:textId="77777777" w:rsidR="00EA56B9" w:rsidRPr="00402488" w:rsidRDefault="00EA56B9" w:rsidP="00EA56B9">
+    <w:p w14:paraId="2F5DDA35" w14:textId="75A8F0CF" w:rsidR="00614A97" w:rsidRPr="00DC4F6F" w:rsidRDefault="00B30C0E" w:rsidP="00B30C0E">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>(paraksts)*</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="2CB73447" w14:textId="77777777" w:rsidR="00EA56B9" w:rsidRPr="00402488" w:rsidRDefault="00EA56B9" w:rsidP="00EA56B9">
-[...18 lines deleted...]
-      </w:r>
+    <w:p w14:paraId="5C9CBFE8" w14:textId="77777777" w:rsidR="00F8004B" w:rsidRPr="00DC4F6F" w:rsidRDefault="00F8004B" w:rsidP="00C52713">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="0B5D62D6" w14:textId="77777777" w:rsidR="00EA56B9" w:rsidRPr="0082289D" w:rsidRDefault="00EA56B9" w:rsidP="00EA56B9">
-[...45 lines deleted...]
-    <w:p w14:paraId="1F765563" w14:textId="086C3A55" w:rsidR="00F1691B" w:rsidRPr="0082289D" w:rsidRDefault="00F1691B" w:rsidP="00F8004B">
+    <w:p w14:paraId="0E6519F0" w14:textId="148633F6" w:rsidR="00C700A7" w:rsidRPr="00DC4F6F" w:rsidRDefault="00F1691B" w:rsidP="003B6FAA">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0082289D">
+      <w:r w:rsidRPr="00DC4F6F">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Kārtība, kādā tiek izskatīti sabiedrisko elektronisko plašsaziņas līdzekļu ombuda</w:t>
       </w:r>
-      <w:r w:rsidR="00AF59D9" w:rsidRPr="0082289D">
+      <w:r w:rsidR="00AF59D9" w:rsidRPr="00DC4F6F">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>m</w:t>
       </w:r>
-      <w:r w:rsidRPr="0082289D">
+      <w:r w:rsidRPr="00DC4F6F">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00AF59D9" w:rsidRPr="0082289D">
+      <w:r w:rsidR="008A384D" w:rsidRPr="00DC4F6F">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>iesniegtie</w:t>
       </w:r>
-      <w:r w:rsidRPr="0082289D">
+      <w:r w:rsidRPr="00DC4F6F">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> iesniegumi</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0E6519F0" w14:textId="19B679BB" w:rsidR="00C700A7" w:rsidRPr="0082289D" w:rsidRDefault="00C700A7" w:rsidP="00C52713">
-[...7 lines deleted...]
-    <w:p w14:paraId="4FAE8E5B" w14:textId="01C115A9" w:rsidR="00C700A7" w:rsidRPr="00402488" w:rsidRDefault="00F8004B" w:rsidP="000C2699">
+    <w:p w14:paraId="5999661A" w14:textId="77777777" w:rsidR="00B122FC" w:rsidRPr="00DC4F6F" w:rsidRDefault="00B122FC" w:rsidP="00B122FC">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00402488">
+    </w:p>
+    <w:p w14:paraId="6768A4DF" w14:textId="3CB07C32" w:rsidR="00EA3204" w:rsidRPr="00DC4F6F" w:rsidRDefault="00F8004B" w:rsidP="00B122FC">
+      <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>Saturs</w:t>
-[...4 lines deleted...]
-        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00DC4F6F">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-      </w:pPr>
+        <w:t>Saturs</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="69265EB2" w14:textId="321F9C6F" w:rsidR="00F8004B" w:rsidRPr="00402488" w:rsidRDefault="00F8004B" w:rsidP="00F8004B">
+    <w:p w14:paraId="69265EB2" w14:textId="321F9C6F" w:rsidR="00F8004B" w:rsidRPr="00DC4F6F" w:rsidRDefault="00F8004B" w:rsidP="00F8004B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00402488">
+      <w:r w:rsidRPr="00DC4F6F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Vispārīgi </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="273F758B" w14:textId="51ECD74C" w:rsidR="00F8004B" w:rsidRPr="00402488" w:rsidRDefault="00F8004B" w:rsidP="00F8004B">
+    <w:p w14:paraId="273F758B" w14:textId="40E1043C" w:rsidR="00F8004B" w:rsidRPr="00DC4F6F" w:rsidRDefault="00F8004B" w:rsidP="00F8004B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00402488">
+      <w:r w:rsidRPr="00DC4F6F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Izmantotie termini</w:t>
       </w:r>
+      <w:r w:rsidR="0077583E" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> un saīsinājumi</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="060C5C6C" w14:textId="67C05B96" w:rsidR="00F8004B" w:rsidRPr="00402488" w:rsidRDefault="00F8004B" w:rsidP="00F8004B">
+    <w:p w14:paraId="060C5C6C" w14:textId="67C05B96" w:rsidR="00F8004B" w:rsidRPr="00DC4F6F" w:rsidRDefault="00F8004B" w:rsidP="00F8004B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00402488">
+      <w:r w:rsidRPr="00DC4F6F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Iesniegum</w:t>
       </w:r>
-      <w:r w:rsidR="007F481D" w:rsidRPr="00402488">
+      <w:r w:rsidR="007F481D" w:rsidRPr="00DC4F6F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">u iesniegšana </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0014F1E2" w14:textId="5A13314B" w:rsidR="007F481D" w:rsidRPr="00402488" w:rsidRDefault="007F481D" w:rsidP="00F8004B">
+    <w:p w14:paraId="0014F1E2" w14:textId="575AC808" w:rsidR="007F481D" w:rsidRPr="00DC4F6F" w:rsidRDefault="007F481D" w:rsidP="00F8004B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00402488">
-[...6 lines deleted...]
-        <w:t>Iesniegumu izskatīšanas kārtība</w:t>
+      <w:r w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Iesniegumu izskatīšana</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2D56F312" w14:textId="6A508F5E" w:rsidR="007F481D" w:rsidRPr="00402488" w:rsidRDefault="007F481D" w:rsidP="00F8004B">
+    <w:p w14:paraId="2D56F312" w14:textId="6A508F5E" w:rsidR="007F481D" w:rsidRPr="00DC4F6F" w:rsidRDefault="007F481D" w:rsidP="00F8004B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00402488">
+      <w:r w:rsidRPr="00DC4F6F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Iesniegumu izskatīšanas termiņi</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2F990ADA" w14:textId="2013EAEE" w:rsidR="007F481D" w:rsidRPr="00402488" w:rsidRDefault="007F481D" w:rsidP="00F8004B">
+    <w:p w14:paraId="47E57EF5" w14:textId="0DA4E7D6" w:rsidR="0077583E" w:rsidRPr="00DC4F6F" w:rsidRDefault="0077583E" w:rsidP="0077583E">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Ombuda</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00D45719" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>atzinumi</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F990ADA" w14:textId="3A72F4B0" w:rsidR="007F481D" w:rsidRPr="00DC4F6F" w:rsidRDefault="007F481D" w:rsidP="00F8004B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00402488">
-[...6 lines deleted...]
-        <w:t>Informācija par saņemtajiem iesniegumiem</w:t>
+      <w:r w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Informācija</w:t>
+      </w:r>
+      <w:r w:rsidR="0077583E" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>s publiskošana</w:t>
+      </w:r>
+      <w:r w:rsidR="0077583E" w:rsidRPr="00DC4F6F">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0077583E" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>un personas datu apstrāde</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="523C9D43" w14:textId="77777777" w:rsidR="00F8004B" w:rsidRPr="00402488" w:rsidRDefault="00F8004B" w:rsidP="00C52713">
+    <w:p w14:paraId="171082FE" w14:textId="07550275" w:rsidR="000F71BA" w:rsidRPr="00DC4F6F" w:rsidRDefault="00E5738A" w:rsidP="00E5738A">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Rīcība nepatiesu ziņu izplatīšanas gadījumā</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="523C9D43" w14:textId="77777777" w:rsidR="00F8004B" w:rsidRPr="00DC4F6F" w:rsidRDefault="00F8004B" w:rsidP="00C52713">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="45197C35" w14:textId="7B47FFEE" w:rsidR="00C700A7" w:rsidRPr="00402488" w:rsidRDefault="007F481D" w:rsidP="007F481D">
+    <w:p w14:paraId="45197C35" w14:textId="7B47FFEE" w:rsidR="00C700A7" w:rsidRPr="00DC4F6F" w:rsidRDefault="007F481D" w:rsidP="007F481D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00402488">
+      <w:r w:rsidRPr="00DC4F6F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Vispārīgi</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="13747328" w14:textId="1CF0F6C7" w:rsidR="00C96678" w:rsidRPr="00402488" w:rsidRDefault="007F481D" w:rsidP="007F481D">
+    <w:p w14:paraId="52E57DDE" w14:textId="1182A89D" w:rsidR="00A47880" w:rsidRPr="00DC4F6F" w:rsidRDefault="007F481D" w:rsidP="00A47880">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00402488">
+      <w:r w:rsidRPr="00DC4F6F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Kārtība, kādā tiek izskatīti sabiedrisko elektronisko plašsaziņas līdzekļu ombuda</w:t>
       </w:r>
-      <w:r w:rsidR="00CF779F" w:rsidRPr="00402488">
+      <w:r w:rsidR="00CF779F" w:rsidRPr="00DC4F6F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>m</w:t>
       </w:r>
-      <w:r w:rsidR="00AF59D9" w:rsidRPr="00402488">
+      <w:r w:rsidR="00AF59D9" w:rsidRPr="00DC4F6F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> iesniegtie</w:t>
       </w:r>
-      <w:r w:rsidRPr="00402488">
+      <w:r w:rsidRPr="00DC4F6F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> iesniegumi</w:t>
       </w:r>
-      <w:r w:rsidR="00784EC4" w:rsidRPr="00402488">
+      <w:r w:rsidR="00784EC4" w:rsidRPr="00DC4F6F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00402488">
+      <w:r w:rsidRPr="00DC4F6F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> izveidota, pamatojoties uz </w:t>
       </w:r>
-      <w:r w:rsidR="00C700A7" w:rsidRPr="00402488">
+      <w:r w:rsidR="00C700A7" w:rsidRPr="00DC4F6F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Sabiedrisko elektronisko plašsaziņas līdzekļu</w:t>
       </w:r>
-      <w:r w:rsidR="00260566" w:rsidRPr="00402488">
+      <w:r w:rsidR="00260566" w:rsidRPr="00DC4F6F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> un to pārvaldības</w:t>
       </w:r>
-      <w:r w:rsidR="00C700A7" w:rsidRPr="00402488">
+      <w:r w:rsidR="00C700A7" w:rsidRPr="00DC4F6F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> likum</w:t>
       </w:r>
-      <w:r w:rsidR="00FF51A2" w:rsidRPr="00402488">
+      <w:r w:rsidR="00FF51A2" w:rsidRPr="00DC4F6F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>u</w:t>
       </w:r>
-      <w:r w:rsidR="00260566" w:rsidRPr="00402488">
-[...8 lines deleted...]
-      <w:r w:rsidR="00071652" w:rsidRPr="00402488">
+      <w:r w:rsidR="003058A8" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, Iesniegumu likumu</w:t>
+      </w:r>
+      <w:r w:rsidR="00BD3F2A" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, Valsts valodas likumu, Elektronisko dokumentu likumu, Dokumentu juridiskā spēka likum</w:t>
+      </w:r>
+      <w:r w:rsidR="001D0876" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>u</w:t>
+      </w:r>
+      <w:r w:rsidR="00BD3F2A" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, Informācijas atklātības likumu, Ministru kabineta 2018. gada 4. septembra noteikumi</w:t>
+      </w:r>
+      <w:r w:rsidR="00A47880" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>em</w:t>
+      </w:r>
+      <w:r w:rsidR="00BD3F2A" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Nr.</w:t>
+      </w:r>
+      <w:r w:rsidR="00A47880" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00BD3F2A" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>558 “Dokumentu izstrādāšanas un noformēšanas kārtība”</w:t>
+      </w:r>
+      <w:r w:rsidR="00260566" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00071652" w:rsidRPr="00DC4F6F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">un </w:t>
       </w:r>
-      <w:r w:rsidRPr="00402488">
+      <w:r w:rsidRPr="00DC4F6F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">citiem </w:t>
       </w:r>
-      <w:r w:rsidR="000F5C0A" w:rsidRPr="00402488">
+      <w:r w:rsidR="000F5C0A" w:rsidRPr="00DC4F6F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Latvijas Republikas </w:t>
       </w:r>
-      <w:r w:rsidRPr="00402488">
+      <w:r w:rsidRPr="00DC4F6F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>normatīvajiem aktiem.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7DB6316A" w14:textId="692133B7" w:rsidR="007F481D" w:rsidRPr="00402488" w:rsidRDefault="007F481D" w:rsidP="007F481D">
+    <w:p w14:paraId="66239CFC" w14:textId="7966E8D3" w:rsidR="007F481D" w:rsidRPr="00DC4F6F" w:rsidRDefault="007F481D" w:rsidP="001D0876">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00402488">
+      <w:r w:rsidRPr="00DC4F6F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Kārtība </w:t>
       </w:r>
-      <w:r w:rsidR="007A5EF8" w:rsidRPr="00402488">
+      <w:r w:rsidR="007A5EF8" w:rsidRPr="00DC4F6F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">nosaka </w:t>
       </w:r>
-      <w:r w:rsidR="003B7BB3" w:rsidRPr="00402488">
+      <w:r w:rsidR="003B7BB3" w:rsidRPr="00DC4F6F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">sabiedrisko elektronisko plašsaziņas līdzekļu </w:t>
       </w:r>
-      <w:r w:rsidRPr="00402488">
+      <w:r w:rsidRPr="00DC4F6F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ombudam adresēto iesniegumu </w:t>
       </w:r>
-      <w:r w:rsidR="00784EC4" w:rsidRPr="00402488">
+      <w:r w:rsidR="00784EC4" w:rsidRPr="00DC4F6F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">iesniegšanas un </w:t>
       </w:r>
-      <w:r w:rsidRPr="00402488">
-[...24 lines deleted...]
-        <w:t xml:space="preserve"> par saņemtajiem iesniegumiem.</w:t>
+      <w:r w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">izskatīšanas </w:t>
+      </w:r>
+      <w:r w:rsidR="005E4EBC" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>norisi</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="001821AB" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">iesniegumu izskatīšanas </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">termiņus, </w:t>
+      </w:r>
+      <w:r w:rsidR="001D0876" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">kā arī </w:t>
+      </w:r>
+      <w:r w:rsidR="005B02FB" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>atbildes sniegšan</w:t>
+      </w:r>
+      <w:r w:rsidR="00A47880" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>as</w:t>
+      </w:r>
+      <w:r w:rsidR="001D0876" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> un atzinumu sagatavošanas</w:t>
+      </w:r>
+      <w:r w:rsidR="00A47880" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A384D" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>norisi</w:t>
+      </w:r>
+      <w:r w:rsidR="005E4EBC" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="005B02FB" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001D0876" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Šī kārtība arī noteic informācijas publiskošanas un personas datu apstrādes prasības, kā arī informē par rīcību nepatiesu ziņu izplatīšanas gadījumā. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="66239CFC" w14:textId="77777777" w:rsidR="007F481D" w:rsidRPr="00402488" w:rsidRDefault="007F481D" w:rsidP="007F481D">
-[...2 lines deleted...]
-        <w:ind w:left="1080"/>
+    <w:p w14:paraId="18512928" w14:textId="77777777" w:rsidR="00A47880" w:rsidRPr="00DC4F6F" w:rsidRDefault="00A47880" w:rsidP="001D0876">
+      <w:pPr>
+        <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1F0DF652" w14:textId="76E9050E" w:rsidR="007F481D" w:rsidRPr="00402488" w:rsidRDefault="007F481D" w:rsidP="007F481D">
+    <w:p w14:paraId="1F0DF652" w14:textId="4B6F8996" w:rsidR="007F481D" w:rsidRPr="00DC4F6F" w:rsidRDefault="007F481D" w:rsidP="007F481D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00402488">
+      <w:r w:rsidRPr="00DC4F6F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Izmantotie termini</w:t>
       </w:r>
-      <w:r w:rsidR="005B02FB" w:rsidRPr="00402488">
+      <w:r w:rsidR="005B02FB" w:rsidRPr="00DC4F6F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> un saīsinājumi</w:t>
+        <w:t xml:space="preserve"> un </w:t>
+      </w:r>
+      <w:r w:rsidR="00A47880" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">turpmāk lietotie </w:t>
+      </w:r>
+      <w:r w:rsidR="005B02FB" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>saīsinājumi</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7DDE1202" w14:textId="6916B7CD" w:rsidR="00C00D3A" w:rsidRPr="00402488" w:rsidRDefault="00C00D3A" w:rsidP="007F481D">
+    <w:p w14:paraId="7DDE1202" w14:textId="5E14D235" w:rsidR="00C00D3A" w:rsidRPr="00DC4F6F" w:rsidRDefault="003058A8" w:rsidP="00480B3B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00402488">
-[...42 lines deleted...]
-        <w:t>L.</w:t>
+      <w:r w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">SEPLPL - </w:t>
+      </w:r>
+      <w:r w:rsidR="00C00D3A" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Sabiedrisko elektronisko plašsaziņas līdzekļu un to pārvaldības likums</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1BCC1319" w14:textId="2259CBB6" w:rsidR="007F481D" w:rsidRPr="00402488" w:rsidRDefault="007F481D" w:rsidP="007F481D">
+    <w:p w14:paraId="262ACAAA" w14:textId="7EBC486D" w:rsidR="00945D15" w:rsidRPr="00DC4F6F" w:rsidRDefault="00945D15" w:rsidP="00480B3B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00402488">
-[...123 lines deleted...]
-        <w:t>.</w:t>
+      <w:r w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>EPLL - Elektronisko plašsaziņas līdzekļu likum</w:t>
+      </w:r>
+      <w:r w:rsidR="00773E36" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">s. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="07515FA2" w14:textId="14D26195" w:rsidR="005B02FB" w:rsidRPr="00402488" w:rsidRDefault="005B02FB" w:rsidP="00C00D3A">
+    <w:p w14:paraId="1BCC1319" w14:textId="201AF3C9" w:rsidR="007F481D" w:rsidRPr="00DC4F6F" w:rsidRDefault="003058A8" w:rsidP="00480B3B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00402488">
+      <w:r w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">LSM - </w:t>
+      </w:r>
+      <w:r w:rsidR="007A5EF8" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">valsts </w:t>
+      </w:r>
+      <w:r w:rsidR="000144DE" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>sabiedrība ar ierobežotu atbildību</w:t>
+      </w:r>
+      <w:r w:rsidR="007A5EF8" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> “</w:t>
+      </w:r>
+      <w:r w:rsidR="007F481D" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Latvijas </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Sabiedriskais medijs</w:t>
+      </w:r>
+      <w:r w:rsidR="007A5EF8" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>”</w:t>
+      </w:r>
+      <w:r w:rsidR="00DF0232" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="07515FA2" w14:textId="0DC5B654" w:rsidR="005B02FB" w:rsidRPr="00DC4F6F" w:rsidRDefault="005F2E92" w:rsidP="00480B3B">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:ind w:right="-58"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">SEPLP - </w:t>
+      </w:r>
+      <w:r w:rsidR="005B02FB" w:rsidRPr="00DC4F6F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Sabiedrisko </w:t>
       </w:r>
-      <w:r w:rsidR="00AF59D9" w:rsidRPr="00402488">
+      <w:r w:rsidR="00AF59D9" w:rsidRPr="00DC4F6F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
-      <w:r w:rsidRPr="00402488">
+      <w:r w:rsidR="005B02FB" w:rsidRPr="00DC4F6F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>lektronisko plašsaziņas līdzekļu padome</w:t>
       </w:r>
-      <w:r w:rsidR="00520E7A" w:rsidRPr="00402488">
-[...26 lines deleted...]
-      <w:r w:rsidR="00784EC4" w:rsidRPr="00402488">
+      <w:r w:rsidR="00784EC4" w:rsidRPr="00DC4F6F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="677A4BF4" w14:textId="38EDCD97" w:rsidR="003B7BB3" w:rsidRPr="00402488" w:rsidRDefault="003B7BB3" w:rsidP="00C00D3A">
+    <w:p w14:paraId="677A4BF4" w14:textId="2E382584" w:rsidR="003B7BB3" w:rsidRPr="00DC4F6F" w:rsidRDefault="005F2E92" w:rsidP="00480B3B">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:ind w:right="-58"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Ombuds - s</w:t>
+      </w:r>
+      <w:r w:rsidR="003B7BB3" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>abiedrisko elektronisko plašsaziņas līdzekļu ombuds.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="629D0F1C" w14:textId="7582E271" w:rsidR="00C00D3A" w:rsidRPr="00DC4F6F" w:rsidRDefault="00C00D3A" w:rsidP="00480B3B">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:ind w:right="-58"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Profesionālā ētika – normas un procedūras, </w:t>
+      </w:r>
+      <w:r w:rsidR="00E01957" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">kas attiecas uz sabiedrisko </w:t>
+      </w:r>
+      <w:r w:rsidR="005F2E92" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>elektronisko plašsaziņas līdzekļu</w:t>
+      </w:r>
+      <w:r w:rsidR="000144DE" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E01957" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">darbinieku rīcību un </w:t>
+      </w:r>
+      <w:r w:rsidR="005F2E92" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ir</w:t>
+      </w:r>
+      <w:r w:rsidR="000144DE" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">aprakstītas </w:t>
+      </w:r>
+      <w:r w:rsidR="000144DE" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">sabiedrisko elektronisko plašsaziņas līdzekļu </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002B097A" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>r</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>īcības un ētikas kodeks</w:t>
+      </w:r>
+      <w:r w:rsidR="000144DE" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">os. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="670EDAA5" w14:textId="05976F49" w:rsidR="00C00D3A" w:rsidRPr="00DC4F6F" w:rsidRDefault="00C00D3A" w:rsidP="00480B3B">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:ind w:right="-58"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Sabiedrisk</w:t>
+      </w:r>
+      <w:r w:rsidR="00B64041" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ā</w:t>
+      </w:r>
+      <w:r w:rsidR="006E309C" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>elektronisk</w:t>
+      </w:r>
+      <w:r w:rsidR="00B64041" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ā</w:t>
+      </w:r>
+      <w:r w:rsidR="006E309C" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>plašsaziņas</w:t>
+      </w:r>
+      <w:r w:rsidR="006E309C" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>līdzekļ</w:t>
+      </w:r>
+      <w:r w:rsidR="00B64041" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002B097A" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>r</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>īcības un ētikas kodek</w:t>
+      </w:r>
+      <w:r w:rsidR="00B64041" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="006E309C" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – dokument</w:t>
+      </w:r>
+      <w:r w:rsidR="00B64041" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, kas </w:t>
+      </w:r>
+      <w:r w:rsidR="006E309C" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">nosaka </w:t>
+      </w:r>
+      <w:r w:rsidR="006B6BBB" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">sabiedriskā elektroniskā plašsaziņas līdzekļa darbinieku </w:t>
+      </w:r>
+      <w:r w:rsidR="006E309C" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>profesionālās ētikas un uzvedības pamatprincipus</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C7449BA" w14:textId="34272CEF" w:rsidR="00BE2CD1" w:rsidRPr="00DC4F6F" w:rsidRDefault="0031427F" w:rsidP="00DE047D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00402488">
-[...24 lines deleted...]
-        <w:t>ombuds.</w:t>
+      <w:r w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Sabiedrisk</w:t>
+      </w:r>
+      <w:r w:rsidR="00B64041" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ā</w:t>
+      </w:r>
+      <w:r w:rsidR="0064664C" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>elektronisk</w:t>
+      </w:r>
+      <w:r w:rsidR="00B64041" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ā</w:t>
+      </w:r>
+      <w:r w:rsidR="003B6FAA" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>plašsaziņas</w:t>
+      </w:r>
+      <w:r w:rsidR="003B6FAA" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>līdzekļ</w:t>
+      </w:r>
+      <w:r w:rsidR="00B64041" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidR="003B6FAA" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>redakcionālās</w:t>
+      </w:r>
+      <w:r w:rsidR="003B6FAA" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>vadlīnijas</w:t>
+      </w:r>
+      <w:r w:rsidR="003B6FAA" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ir</w:t>
+      </w:r>
+      <w:r w:rsidR="003B6FAA" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B64041" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">LSM </w:t>
+      </w:r>
+      <w:r w:rsidR="00E85BCF" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>galven</w:t>
+      </w:r>
+      <w:r w:rsidR="00B64041" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ā</w:t>
+      </w:r>
+      <w:r w:rsidR="00E85BCF" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> redaktor</w:t>
+      </w:r>
+      <w:r w:rsidR="00B64041" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidR="00E85BCF" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> un </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00E85BCF" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ombuda</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00E85BCF" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> izveidot</w:t>
+      </w:r>
+      <w:r w:rsidR="00B64041" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="003B6FAA" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00407783" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>dokument</w:t>
+      </w:r>
+      <w:r w:rsidR="00B64041" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="00407783" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, kur</w:t>
+      </w:r>
+      <w:r w:rsidR="00B64041" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ā</w:t>
+      </w:r>
+      <w:r w:rsidR="00407783" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F86AF0" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">definētas </w:t>
+      </w:r>
+      <w:r w:rsidR="00DE047D" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">LSM </w:t>
+      </w:r>
+      <w:r w:rsidR="00F86AF0" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>vērtības un satura veid</w:t>
+      </w:r>
+      <w:r w:rsidR="00DE047D" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ošanas principi</w:t>
+      </w:r>
+      <w:r w:rsidR="00407783" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="003B6FAA" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00407783" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>kas attie</w:t>
+      </w:r>
+      <w:r w:rsidR="00DE047D" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>cināmi</w:t>
+      </w:r>
+      <w:r w:rsidR="00407783" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> uz visām satura izplatīšanas platformām, programmām, formātiem, žanriem un tematiem.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="629D0F1C" w14:textId="3899C8E0" w:rsidR="00C00D3A" w:rsidRPr="00402488" w:rsidRDefault="00C00D3A" w:rsidP="00C00D3A">
+    <w:p w14:paraId="3C095961" w14:textId="23595CA8" w:rsidR="0057073E" w:rsidRPr="00DC4F6F" w:rsidRDefault="0057073E" w:rsidP="0057073E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00402488">
-[...60 lines deleted...]
-        <w:t xml:space="preserve"> pieejami sabiedrisko mediju tīmekļa mājas lapās un ombuda tīmekļa vietnes sadaļā SEPLP mājas lapā.</w:t>
+      <w:r w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="007F481D" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Iesniegums</w:t>
+      </w:r>
+      <w:r w:rsidR="003B6FAA" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005B02FB" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidR="003B6FAA" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005B02FB" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>jebkuras personas iesniegums, kas saistīt</w:t>
+      </w:r>
+      <w:r w:rsidR="004A3B24" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="005B02FB" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ar </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005B02FB" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ombuda</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005B02FB" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A37E99" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>kompetenci</w:t>
+      </w:r>
+      <w:r w:rsidR="005B02FB" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, kur</w:t>
+      </w:r>
+      <w:r w:rsidR="00A37E99" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidR="005B02FB" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A37E99" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>noteikta</w:t>
+      </w:r>
+      <w:r w:rsidR="005B02FB" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00520E7A" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>SEPLPL</w:t>
+      </w:r>
+      <w:r w:rsidR="005B02FB" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0082289D" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">18. un </w:t>
+      </w:r>
+      <w:r w:rsidR="005B02FB" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>19.</w:t>
+      </w:r>
+      <w:r w:rsidR="00520E7A" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005B02FB" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>pantā</w:t>
+      </w:r>
+      <w:r w:rsidR="00C00D3A" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00C27C5C" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="670EDAA5" w14:textId="5BA3285F" w:rsidR="00C00D3A" w:rsidRPr="00402488" w:rsidRDefault="00C00D3A" w:rsidP="00C00D3A">
+    <w:p w14:paraId="63BFFB11" w14:textId="47511957" w:rsidR="00EA3204" w:rsidRPr="00DC4F6F" w:rsidRDefault="00733CBF" w:rsidP="0057073E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00402488">
-[...25 lines deleted...]
-        <w:t>īcības un ētikas kodeksi – dokumenti, kas apraksta profesionālās ētikas pieejas, principus un normas to aktuālajās redakcijās (iesnieguma iesniegšanas datumā).</w:t>
+      <w:r w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Iesniedzējs – persona, kas vērsusies pie </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ombuda</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ar </w:t>
+      </w:r>
+      <w:r w:rsidR="00F224F8" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>esniegumu.</w:t>
+      </w:r>
+      <w:r w:rsidR="00EA3204" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7C7449BA" w14:textId="77777777" w:rsidR="00BE2CD1" w:rsidRPr="00402488" w:rsidRDefault="0031427F" w:rsidP="00BE2CD1">
+    <w:p w14:paraId="344FCABD" w14:textId="64436840" w:rsidR="00C96678" w:rsidRPr="00DC4F6F" w:rsidRDefault="00C96678" w:rsidP="00C52713">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="09033CB0" w14:textId="254C4D7B" w:rsidR="00C96678" w:rsidRPr="00DC4F6F" w:rsidRDefault="00C96678" w:rsidP="00C52713">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Iesniegum</w:t>
+      </w:r>
+      <w:r w:rsidR="0077583E" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>u</w:t>
+      </w:r>
+      <w:r w:rsidR="00E01957" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> iesniegšana</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="59A18F91" w14:textId="6625ADBE" w:rsidR="00C96678" w:rsidRPr="00DC4F6F" w:rsidRDefault="003B3493" w:rsidP="00C52713">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00402488">
-[...24 lines deleted...]
-        <w:t>dokumenti, kuros aprakstītas LR un LTV satura veidošanas vērtības un principi, kas attiecas uz visām satura izplatīšanas platformām, programmām, formātiem, žanriem un tematiem.</w:t>
+      <w:r w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>J</w:t>
+      </w:r>
+      <w:r w:rsidR="00C96678" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ebkura persona var vērsties pie </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00C96678" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>ombuda</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00C96678" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ar </w:t>
+      </w:r>
+      <w:r w:rsidR="00F224F8" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidR="00C96678" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>esniegumu, lūdzot izvērtēt sabiedrisko elektronisko plašsaziņas līdzekļu</w:t>
+      </w:r>
+      <w:r w:rsidR="00B03CA9" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C96678" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>programmu un iepriekš sniegto pakalpojumu</w:t>
+      </w:r>
+      <w:r w:rsidR="00B03CA9" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007E19F5" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>ietvaros</w:t>
+      </w:r>
+      <w:r w:rsidR="00A21F29" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B03CA9" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">veidoto satura vienību </w:t>
+      </w:r>
+      <w:r w:rsidR="00C96678" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">atbilstību </w:t>
+      </w:r>
+      <w:r w:rsidR="0031427F" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>SEPL</w:t>
+      </w:r>
+      <w:r w:rsidR="00520E7A" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>P</w:t>
+      </w:r>
+      <w:r w:rsidR="003B7BB3" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>L</w:t>
+      </w:r>
+      <w:r w:rsidR="0031427F" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00367848" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>18.</w:t>
+      </w:r>
+      <w:r w:rsidR="00520E7A" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00367848" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>panta</w:t>
+      </w:r>
+      <w:r w:rsidR="00C96678" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pirmajā daļā minētajiem dokumentiem.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="549F3B7C" w14:textId="0C4D7317" w:rsidR="00FF51A2" w:rsidRPr="00402488" w:rsidRDefault="007F481D" w:rsidP="00BE2CD1">
+    <w:p w14:paraId="5FE91377" w14:textId="2304D5EB" w:rsidR="00523690" w:rsidRPr="00DC4F6F" w:rsidRDefault="003B3493" w:rsidP="00523690">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
+        <w:ind w:right="-99"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...81 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Iesniegumu ombudam </w:t>
+      </w:r>
+      <w:r w:rsidR="00DA3303" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">var iesniegt </w:t>
+      </w:r>
+      <w:r w:rsidR="00331D5A" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>vairākos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> veidos</w:t>
+      </w:r>
+      <w:r w:rsidR="00E01957" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00480B3B" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00DA3303" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ievērojot </w:t>
+      </w:r>
+      <w:r w:rsidR="00E01957" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Iesniegumu likuma</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E85BCF" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>3.</w:t>
+      </w:r>
+      <w:r w:rsidR="00520E7A" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E85BCF" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>pant</w:t>
+      </w:r>
+      <w:r w:rsidR="00DA3303" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>ā noteikto iesniegumu iesniegšanas kārtību</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00C27C5C" w:rsidRPr="00402488">
-[...393 lines deleted...]
-      <w:r w:rsidRPr="00402488">
+      <w:r w:rsidR="00A871F5" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Elektronisk</w:t>
+      </w:r>
+      <w:r w:rsidR="00814E7E" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>o</w:t>
+      </w:r>
+      <w:r w:rsidR="00CC41E9" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC4F6F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> iesniegumus var iesniegt, izmantojot</w:t>
       </w:r>
-      <w:r w:rsidR="00784EC4" w:rsidRPr="00402488">
-[...9 lines deleted...]
-      <w:r w:rsidRPr="00402488">
+      <w:r w:rsidR="00784EC4" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> SEPLP </w:t>
+      </w:r>
+      <w:r w:rsidR="00331D5A" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>tīmekļa vietnes</w:t>
+      </w:r>
+      <w:r w:rsidR="00784EC4" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00480B3B" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>sadaļā “Iesniegums ombudam par profesionālās ētikas pārkāpumiem sabiedriskajā medijā”</w:t>
+      </w:r>
+      <w:r w:rsidR="00331D5A" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t> (</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId6" w:history="1">
+        <w:r w:rsidR="00331D5A" w:rsidRPr="00DC4F6F">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:rPr>
+          <w:t>https://www.seplp.lv/lv/par-mums/iesniegums-ombudam</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00331D5A" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="0092331E" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00784EC4" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>pieejamo</w:t>
+      </w:r>
+      <w:r w:rsidR="0092331E" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00784EC4" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>iesnieguma</w:t>
+      </w:r>
+      <w:r w:rsidR="0092331E" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00784EC4" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">formu vai </w:t>
+      </w:r>
+      <w:r w:rsidR="00814E7E" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">nosūtot uz </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC4F6F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">e-pasta adresi: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6" w:history="1">
-        <w:r w:rsidR="004B652C" w:rsidRPr="00402488">
+      <w:hyperlink r:id="rId7" w:history="1">
+        <w:r w:rsidR="004B652C" w:rsidRPr="00DC4F6F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>ombuds@seplp.lv</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="004B652C" w:rsidRPr="00402488">
-[...7 lines deleted...]
-      <w:r w:rsidRPr="00402488">
+      <w:r w:rsidR="00814E7E" w:rsidRPr="00DC4F6F">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="004B652C" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC4F6F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>Elektroniski iesniegtiem iesniegumiem ir jābūt parakstītiem</w:t>
       </w:r>
-      <w:r w:rsidR="00784EC4" w:rsidRPr="00402488">
+      <w:r w:rsidR="00784EC4" w:rsidRPr="00DC4F6F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> ar drošu elektronisko parakstu</w:t>
       </w:r>
-      <w:r w:rsidR="0041146C" w:rsidRPr="00402488">
-[...7 lines deleted...]
-      <w:r w:rsidR="0041146C" w:rsidRPr="00402488">
+      <w:r w:rsidR="0041146C" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0041146C" w:rsidRPr="00DC4F6F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>vai izmantojot tiešsaistes form</w:t>
       </w:r>
-      <w:r w:rsidR="005E3016" w:rsidRPr="00402488">
+      <w:r w:rsidR="005E3016" w:rsidRPr="00DC4F6F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>u</w:t>
       </w:r>
-      <w:r w:rsidR="004F2EFD">
+      <w:r w:rsidR="004F2EFD" w:rsidRPr="00DC4F6F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidR="0041146C" w:rsidRPr="00402488">
+      <w:r w:rsidR="0041146C" w:rsidRPr="00DC4F6F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> kura pieejama Vienotajā valsts un pašvaldību pakalpojumu portālā (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId7" w:history="1">
-        <w:r w:rsidR="004F2EFD" w:rsidRPr="004F2EFD">
+      <w:hyperlink r:id="rId8" w:history="1">
+        <w:r w:rsidR="004F2EFD" w:rsidRPr="00DC4F6F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>www.latvija.gov.lv</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="0041146C" w:rsidRPr="00402488">
+      <w:r w:rsidR="0041146C" w:rsidRPr="00DC4F6F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidR="002B097A" w:rsidRPr="00402488">
-[...8 lines deleted...]
-      <w:r w:rsidR="0041146C" w:rsidRPr="00402488">
+      <w:r w:rsidR="002B097A" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0041146C" w:rsidRPr="00DC4F6F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>un</w:t>
       </w:r>
-      <w:r w:rsidR="0041146C" w:rsidRPr="00402488">
+      <w:r w:rsidR="0041146C" w:rsidRPr="00DC4F6F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> kurā tiek veikta</w:t>
       </w:r>
-      <w:r w:rsidR="0041146C" w:rsidRPr="00402488">
-[...7 lines deleted...]
-      <w:r w:rsidR="0041146C" w:rsidRPr="00402488">
+      <w:r w:rsidR="0041146C" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0041146C" w:rsidRPr="00DC4F6F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>personas identitātes pārbaude</w:t>
       </w:r>
-      <w:r w:rsidRPr="00402488">
+      <w:r w:rsidRPr="00DC4F6F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidR="00A96D6D" w:rsidRPr="00402488">
-[...8 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="7ED1A6EE" w14:textId="5B346A5E" w:rsidR="00A96D6D" w:rsidRPr="00402488" w:rsidRDefault="00A96D6D" w:rsidP="00B823D3">
-[...202 lines deleted...]
-    <w:p w14:paraId="6C85DC57" w14:textId="484CE677" w:rsidR="005E3016" w:rsidRPr="00402488" w:rsidRDefault="005E3016" w:rsidP="00CC41E9">
+    <w:p w14:paraId="6C85DC57" w14:textId="6B04D6F8" w:rsidR="005E3016" w:rsidRPr="00DC4F6F" w:rsidRDefault="005E3016" w:rsidP="00CC41E9">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00402488">
-[...9 lines deleted...]
-      <w:r w:rsidR="0070433B" w:rsidRPr="00402488">
+      <w:r w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Ja</w:t>
+      </w:r>
+      <w:r w:rsidR="003B6FAA" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">elektroniski iesniegts </w:t>
+      </w:r>
+      <w:r w:rsidR="0070433B" w:rsidRPr="00DC4F6F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">iesniegums </w:t>
       </w:r>
-      <w:r w:rsidRPr="0082289D">
-[...29 lines deleted...]
-      <w:r w:rsidR="0070433B" w:rsidRPr="00402488">
+      <w:r w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>nav parakstīts</w:t>
+      </w:r>
+      <w:r w:rsidR="003B6FAA" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>ar</w:t>
+      </w:r>
+      <w:r w:rsidR="0070433B" w:rsidRPr="00DC4F6F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> drošu</w:t>
       </w:r>
-      <w:r w:rsidRPr="0082289D">
-[...79 lines deleted...]
-      <w:r w:rsidRPr="0082289D">
+      <w:r w:rsidR="003B6FAA" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">elektronisko parakstu, </w:t>
+      </w:r>
+      <w:r w:rsidR="005B52A3" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">tas tiek reģistrēts saskaņā ar šīs kārtības 4.1. punkta noteikumiem </w:t>
+      </w:r>
+      <w:r w:rsidR="00402488" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>un tiek veiktas darbības saskaņā ar šīs kārtības 4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC4F6F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="0070433B" w:rsidRPr="00402488">
-[...49 lines deleted...]
-      <w:r w:rsidR="0070433B" w:rsidRPr="00402488">
+      <w:r w:rsidR="005B52A3" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> un 5. sadaļā minēto.</w:t>
+      </w:r>
+      <w:r w:rsidR="0070433B" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="000C0A79" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Ja ar iesniedzēju nav iespējams sazināties, ombuds ir tiesīgs atstāt iesniegumu bez izskatīšanas</w:t>
+      </w:r>
+      <w:r w:rsidR="005B52A3" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="000C0A79" w:rsidRPr="00DC4F6F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0FFAFEA7" w14:textId="142F1002" w:rsidR="00CC41E9" w:rsidRPr="00402488" w:rsidRDefault="00CC41E9" w:rsidP="00CC41E9">
+    <w:p w14:paraId="0FFAFEA7" w14:textId="2F84E457" w:rsidR="00CC41E9" w:rsidRPr="00DC4F6F" w:rsidRDefault="00CC41E9" w:rsidP="00CC41E9">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00402488">
+      <w:r w:rsidRPr="00DC4F6F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">Atbilstoši </w:t>
       </w:r>
-      <w:r w:rsidRPr="00402488">
+      <w:r w:rsidRPr="00DC4F6F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Iesniegumu likuma 3.</w:t>
       </w:r>
-      <w:r w:rsidR="00B4169B" w:rsidRPr="00402488">
-[...17 lines deleted...]
-      <w:r w:rsidR="002B097A" w:rsidRPr="00402488">
+      <w:r w:rsidR="00B4169B" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>pant</w:t>
+      </w:r>
+      <w:r w:rsidR="000563AC" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ā noteiktajam</w:t>
+      </w:r>
+      <w:r w:rsidR="00945D15" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="002B097A" w:rsidRPr="00DC4F6F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> i</w:t>
       </w:r>
-      <w:r w:rsidRPr="00402488">
-[...6 lines deleted...]
-        <w:t>esniegumā norādāmas ziņas par tā iesniedzēju (fiziskajai personai — vārds un uzvārds, kā arī adrese un, ja nepieciešams, citas ziņas, kas palīdz sazināties ar iesniedzēju; juridiskajai personai — nosaukums un juridiskā adrese), kā arī persona, ar kuru sazināties iesnieguma izskatīšanas procesa laikā.</w:t>
+      <w:r w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">esniegumā </w:t>
+      </w:r>
+      <w:r w:rsidR="000563AC" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ir </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>norādāmas ziņas par tā iesniedzēju (fiziskajai personai — vārds un uzvārds, kā arī adrese un, ja nepieciešams, citas ziņas, kas palīdz sazināties ar iesniedzēju; juridiskajai personai — nosaukums un juridiskā adrese), kā arī persona, ar kuru sazināties iesnieguma izskatīšanas procesa laikā.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5877C276" w14:textId="60B5EDBC" w:rsidR="00733CBF" w:rsidRPr="00402488" w:rsidRDefault="00733CBF" w:rsidP="00CC41E9">
+    <w:p w14:paraId="5877C276" w14:textId="62080045" w:rsidR="00733CBF" w:rsidRPr="00DC4F6F" w:rsidRDefault="00733CBF" w:rsidP="00CC41E9">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00402488">
-[...6 lines deleted...]
-        <w:lastRenderedPageBreak/>
+      <w:r w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t xml:space="preserve">Ja persona vēlas, lai ombudam ir iespēja sazināties ar </w:t>
       </w:r>
-      <w:r w:rsidR="002B097A" w:rsidRPr="00402488">
+      <w:r w:rsidR="002B097A" w:rsidRPr="00DC4F6F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>i</w:t>
       </w:r>
-      <w:r w:rsidRPr="00402488">
+      <w:r w:rsidRPr="00DC4F6F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">esniedzēju </w:t>
       </w:r>
-      <w:r w:rsidR="002B097A" w:rsidRPr="00402488">
+      <w:r w:rsidR="002B097A" w:rsidRPr="00DC4F6F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>i</w:t>
       </w:r>
-      <w:r w:rsidRPr="00402488">
+      <w:r w:rsidRPr="00DC4F6F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">esnieguma izskatīšanas laikā, persona </w:t>
       </w:r>
-      <w:r w:rsidR="002B097A" w:rsidRPr="00402488">
+      <w:r w:rsidR="002B097A" w:rsidRPr="00DC4F6F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>i</w:t>
       </w:r>
-      <w:r w:rsidRPr="00402488">
+      <w:r w:rsidRPr="00DC4F6F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">esniegumam pievieno atbilstošu informāciju (e-pasta adresi, tālruņa numuru). </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2756DB82" w14:textId="3D36336F" w:rsidR="00CC41E9" w:rsidRPr="00402488" w:rsidRDefault="00E65772" w:rsidP="00C52713">
+    <w:p w14:paraId="2756DB82" w14:textId="5422E89F" w:rsidR="00CC41E9" w:rsidRPr="00DC4F6F" w:rsidRDefault="00E65772" w:rsidP="00C52713">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00402488">
+      <w:r w:rsidRPr="00DC4F6F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">Iesniedzot </w:t>
       </w:r>
-      <w:r w:rsidR="002B097A" w:rsidRPr="00402488">
+      <w:r w:rsidR="002B097A" w:rsidRPr="00DC4F6F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>i</w:t>
       </w:r>
-      <w:r w:rsidR="00361FE7" w:rsidRPr="00402488">
+      <w:r w:rsidR="00361FE7" w:rsidRPr="00DC4F6F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>esniegumu</w:t>
       </w:r>
-      <w:r w:rsidRPr="00402488">
+      <w:r w:rsidRPr="00DC4F6F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>, kas attiecas uz sabiedrisko</w:t>
       </w:r>
-      <w:r w:rsidR="002B097A" w:rsidRPr="00402488">
+      <w:r w:rsidR="002B097A" w:rsidRPr="00DC4F6F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> elektronisko</w:t>
       </w:r>
-      <w:r w:rsidRPr="00402488">
+      <w:r w:rsidRPr="00DC4F6F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> plašsaziņas līdzekļu profesionālās ētikas pārkāpumiem</w:t>
       </w:r>
-      <w:r w:rsidR="005B0694" w:rsidRPr="00402488">
+      <w:r w:rsidR="005B0694" w:rsidRPr="00DC4F6F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00402488">
-[...69 lines deleted...]
-      <w:r w:rsidRPr="00402488">
+      <w:r w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00402488" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>iesniedzējam</w:t>
+      </w:r>
+      <w:r w:rsidR="007301BC" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="003142BE" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007301BC" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">vēlams, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00402488" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>norādīt</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC4F6F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>, kurš no</w:t>
       </w:r>
-      <w:r w:rsidR="002B097A" w:rsidRPr="00402488">
-[...9 lines deleted...]
-      <w:r w:rsidR="004F2064" w:rsidRPr="00402488">
+      <w:r w:rsidR="002B097A" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC6376" w:rsidRPr="00AC6376">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>sabiedrisk</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC6376">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>ā</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC6376" w:rsidRPr="00AC6376">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> elektronisk</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC6376">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>ā</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC6376" w:rsidRPr="00AC6376">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> plašsaziņas līdzekļ</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC6376">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC6376" w:rsidRPr="00AC6376">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002B097A" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>r</w:t>
+      </w:r>
+      <w:r w:rsidR="004F2064" w:rsidRPr="00DC4F6F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>īcības</w:t>
       </w:r>
-      <w:r w:rsidRPr="00402488">
+      <w:r w:rsidRPr="00DC4F6F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> un ētikas kodeksa punkti</w:t>
       </w:r>
-      <w:r w:rsidR="004F2064" w:rsidRPr="00402488">
+      <w:r w:rsidR="004F2064" w:rsidRPr="00DC4F6F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
-      <w:r w:rsidRPr="00402488">
+      <w:r w:rsidRPr="00DC4F6F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>m ir pārkāpts</w:t>
       </w:r>
-      <w:r w:rsidR="004F2064" w:rsidRPr="00402488">
+      <w:r w:rsidR="004F2064" w:rsidRPr="00DC4F6F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidR="00402488" w:rsidRPr="00402488">
-[...129 lines deleted...]
-      <w:r w:rsidRPr="00402488">
+      <w:r w:rsidR="00402488" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">aprakstīt </w:t>
+      </w:r>
+      <w:r w:rsidR="00733CBF" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>notikušā apstākļus</w:t>
+      </w:r>
+      <w:r w:rsidR="00784EC4" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="003142BE" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>norādīt</w:t>
+      </w:r>
+      <w:r w:rsidR="004F2064" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CC41E9" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>programmu</w:t>
+      </w:r>
+      <w:r w:rsidR="003142BE" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, kurā pārraidīta, vai digitālo platformu, kurā publicēta konkrētā satura vienība, </w:t>
+      </w:r>
+      <w:r w:rsidR="004A3B24" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">norādīt </w:t>
+      </w:r>
+      <w:r w:rsidR="003142BE" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">tās pārraidīšanas vai </w:t>
+      </w:r>
+      <w:r w:rsidR="004F2064" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>publi</w:t>
+      </w:r>
+      <w:r w:rsidR="003142BE" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>cēšanas</w:t>
+      </w:r>
+      <w:r w:rsidR="004F2064" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> datumu,</w:t>
+      </w:r>
+      <w:r w:rsidR="003142BE" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004A3B24" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>kā arī</w:t>
+      </w:r>
+      <w:r w:rsidR="003142BE" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004F2064" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>autoru</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC4F6F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidR="009E77D1" w:rsidRPr="00402488">
+      <w:r w:rsidR="009E77D1" w:rsidRPr="00DC4F6F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">Iesniegumus par sabiedrisko elektronisko plašsaziņas </w:t>
       </w:r>
-      <w:r w:rsidR="00B4169B" w:rsidRPr="00402488">
+      <w:r w:rsidR="00B4169B" w:rsidRPr="00DC4F6F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">līdzekļu </w:t>
       </w:r>
-      <w:r w:rsidR="009E77D1" w:rsidRPr="00402488">
+      <w:r w:rsidR="009E77D1" w:rsidRPr="00DC4F6F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>saturu var iesniegt</w:t>
       </w:r>
-      <w:r w:rsidR="00044A8F" w:rsidRPr="00402488">
+      <w:r w:rsidR="00044A8F" w:rsidRPr="00DC4F6F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> sešu mēnešu laikā kopš tā pirmās publicēšanas reizes</w:t>
       </w:r>
-      <w:r w:rsidR="00313C77" w:rsidRPr="00402488">
+      <w:r w:rsidR="00313C77" w:rsidRPr="00DC4F6F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4C05195A" w14:textId="111F7011" w:rsidR="00E65772" w:rsidRPr="0082289D" w:rsidRDefault="00E65772" w:rsidP="00C52713">
+    <w:p w14:paraId="4C05195A" w14:textId="32EC1C21" w:rsidR="00E65772" w:rsidRPr="00DC4F6F" w:rsidRDefault="00E65772" w:rsidP="00C52713">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00402488">
-[...29 lines deleted...]
-      <w:r w:rsidR="00313C77" w:rsidRPr="00402488">
+      <w:r w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Ja iespējams,</w:t>
+      </w:r>
+      <w:r w:rsidR="00575FD9" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">iesniedzējs </w:t>
+      </w:r>
+      <w:r w:rsidR="00313C77" w:rsidRPr="00DC4F6F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>i</w:t>
       </w:r>
-      <w:r w:rsidR="00CC41E9" w:rsidRPr="00402488">
-[...39 lines deleted...]
-      <w:r w:rsidR="004F2064" w:rsidRPr="00402488">
+      <w:r w:rsidR="00CC41E9" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>esniegu</w:t>
+      </w:r>
+      <w:r w:rsidR="00B24D29" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>mā norāda</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B24D29" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">tīmekļa vietnes saiti, kurā publicēta konkrētā satura vienība </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">vai </w:t>
+      </w:r>
+      <w:r w:rsidR="00B24D29" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">iesniegumam pievieno </w:t>
+      </w:r>
+      <w:r w:rsidR="004F2064" w:rsidRPr="00DC4F6F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">satura vienības </w:t>
       </w:r>
-      <w:r w:rsidRPr="00402488">
+      <w:r w:rsidRPr="00DC4F6F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>kopiju</w:t>
       </w:r>
-      <w:r w:rsidR="005B65B2" w:rsidRPr="00402488">
-[...69 lines deleted...]
-      <w:r w:rsidR="004F2064" w:rsidRPr="00402488">
+      <w:r w:rsidR="00575FD9" w:rsidRPr="00DC4F6F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
+      <w:r w:rsidR="00DF6339" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00575FD9" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Gadījumos, kad iesniegums ir par ierakstiem sociālo tīklu individuālajos profilos, iesniedzējs </w:t>
+      </w:r>
+      <w:r w:rsidR="00DF6339" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">iesniegumam </w:t>
+      </w:r>
+      <w:r w:rsidR="00575FD9" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">pievieno </w:t>
+      </w:r>
+      <w:r w:rsidR="00DF6339" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">konkrētā ieraksta </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00575FD9" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>ekrānšāviņu</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00575FD9" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="7E1B0441" w14:textId="065DDCD7" w:rsidR="00322771" w:rsidRPr="0082289D" w:rsidRDefault="00322771" w:rsidP="00C52713">
+    <w:p w14:paraId="67D26A80" w14:textId="6CF680AB" w:rsidR="00657DF0" w:rsidRPr="00DC4F6F" w:rsidRDefault="00657DF0" w:rsidP="00657DF0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0082289D">
-[...27 lines deleted...]
-        <w:t xml:space="preserve">, ombuds sniedz atbildi iesniedzējam tā iesniegumam atbilstošā formā (vēstule, e-pasta vēstule, pa tālruni, klātienē). </w:t>
+      <w:r w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Ombuds</w:t>
+      </w:r>
+      <w:r w:rsidR="00C3479C" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ir</w:t>
+      </w:r>
+      <w:r w:rsidR="00C3479C" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>tiesīgs</w:t>
+      </w:r>
+      <w:r w:rsidR="00C3479C" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>atstāt</w:t>
+      </w:r>
+      <w:r w:rsidR="00C3479C" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>iesniegumu</w:t>
+      </w:r>
+      <w:r w:rsidR="00C3479C" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>bez izskatīšanas šādos gadījumos:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="20C99C9B" w14:textId="77777777" w:rsidR="00784EC4" w:rsidRPr="00402488" w:rsidRDefault="00784EC4" w:rsidP="00784EC4">
+    <w:p w14:paraId="65ECE067" w14:textId="77777777" w:rsidR="00657DF0" w:rsidRPr="00DC4F6F" w:rsidRDefault="00657DF0" w:rsidP="00657DF0">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>iesniegumā nav norādīts iesnieguma iesniedzējs (fiziskajai personai — vārds, uzvārds un adrese; juridiskajai personai - nosaukums un juridiskā adrese);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="289CF822" w14:textId="596DCB73" w:rsidR="00657DF0" w:rsidRPr="00DC4F6F" w:rsidRDefault="00657DF0" w:rsidP="00657DF0">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>iesniegums nav parakstīts, izņemot Iesniegumu likuma 2.</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB52B9" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>panta ceturtajā daļā minēto gadījumu;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="52B13958" w14:textId="77777777" w:rsidR="00657DF0" w:rsidRPr="00DC4F6F" w:rsidRDefault="00657DF0" w:rsidP="00657DF0">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>iesnieguma saturs ir klaji aizskarošs un izaicinošs;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B04D8BE" w14:textId="77777777" w:rsidR="00657DF0" w:rsidRPr="00DC4F6F" w:rsidRDefault="00657DF0" w:rsidP="00657DF0">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>iesnieguma teksts objektīvi nav salasāms vai saprotams;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="25A83FE7" w14:textId="77777777" w:rsidR="00657DF0" w:rsidRPr="00DC4F6F" w:rsidRDefault="00657DF0" w:rsidP="00657DF0">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">atbilde uz iesniegumu ir dota iepriekš, un tā saturs attiecībā uz iepriekšējā iesniegumā norādītajiem tiesiskajiem vai faktiskajiem apstākļiem pēc būtības nav mainījies;  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F2E296A" w14:textId="27A25ECE" w:rsidR="00657DF0" w:rsidRPr="00DC4F6F" w:rsidRDefault="00657DF0" w:rsidP="00657DF0">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>iesnieguma</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB52B9" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>saturs</w:t>
+      </w:r>
+      <w:r w:rsidR="00C3479C" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>nav saistīts ar valsts pārvaldes funkciju vai uzdevumu izpildi;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="184739FA" w14:textId="549F3CB6" w:rsidR="00657DF0" w:rsidRPr="00DC4F6F" w:rsidRDefault="00657DF0" w:rsidP="00657DF0">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>iesniedzējs</w:t>
+      </w:r>
+      <w:r w:rsidR="00C3479C" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">tiesības iesniegt iesniegumu izmanto negodprātīgi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="13C2798F" w14:textId="5FF78637" w:rsidR="00657DF0" w:rsidRPr="00DC4F6F" w:rsidRDefault="00DB52B9" w:rsidP="00C52713">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Kārtības 3.</w:t>
+      </w:r>
+      <w:r w:rsidR="00974D86" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.2</w:t>
+      </w:r>
+      <w:r w:rsidR="00657DF0" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008B5F7D" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>līdz</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3.</w:t>
+      </w:r>
+      <w:r w:rsidR="00974D86" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00657DF0" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>7. punkt</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>os</w:t>
+      </w:r>
+      <w:r w:rsidR="00657DF0" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> minētaj</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>os</w:t>
+      </w:r>
+      <w:r w:rsidR="00657DF0" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> gadījum</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>os</w:t>
+      </w:r>
+      <w:r w:rsidR="008B5F7D" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00657DF0" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ombuds</w:t>
+      </w:r>
+      <w:r w:rsidR="00657DF0" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, norādot pamatojumu, informē </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>iesniedzēju</w:t>
+      </w:r>
+      <w:r w:rsidR="00657DF0" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, ka iesniegums tiek atstāts bez izskatīšanas. Ja</w:t>
+      </w:r>
+      <w:r w:rsidR="0057073E" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ombuds </w:t>
+      </w:r>
+      <w:r w:rsidR="00FA05A7" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">atstāj </w:t>
+      </w:r>
+      <w:r w:rsidR="00657DF0" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>iesniegumu bez izskatīšanas</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> saistībā ar šīs kārtības 3.</w:t>
+      </w:r>
+      <w:r w:rsidR="00974D86" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.5. punktā minēto gadījumu</w:t>
+      </w:r>
+      <w:r w:rsidR="008B5F7D" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> un</w:t>
+      </w:r>
+      <w:r w:rsidR="00657DF0" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> persona</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA05A7" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> atkal</w:t>
+      </w:r>
+      <w:r w:rsidR="00657DF0" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> iesniedz līdzīga satura iesniegumu, </w:t>
+      </w:r>
+      <w:r w:rsidR="008B5F7D" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ombuds </w:t>
+      </w:r>
+      <w:r w:rsidR="00657DF0" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">to pieņem zināšanai un atbildi var nesniegt. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="02CF5CEF" w14:textId="74882661" w:rsidR="00974D86" w:rsidRPr="00DC4F6F" w:rsidRDefault="00974D86" w:rsidP="00C52713">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ombuds atbildi uz iesniegumu var sniegt </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>rakstveidā</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, mutvārdos vai citā formā. Mutvārdos vai citā formā atbildi var sniegt, ja iesniedzējs tam ir piekritis</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B651F13" w14:textId="54DAA99D" w:rsidR="00974D86" w:rsidRPr="00DC4F6F" w:rsidRDefault="00974D86" w:rsidP="00974D86">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ja iesniedzējs sazinās ar </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ombudu</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, jo vēlas izteikt viedokli vai uzdot jautājumus par sabiedriskā elektroniskā plašsaziņas līdzekļa darbu, un ombudam nav nepieciešams veidot atzinumu par profesionālās ētikas un/vai redakcionālo vadlīniju pārkāpumu, ombuds sniedz atbildi iesniedzējam tā iesniegumam atbilstošā formā (vēstule, e-pasta vēstule, pa tālruni, klātienē (mutvārdos sniedz gadījumos, kad iesniedzējs tam piekritis)). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20C99C9B" w14:textId="77777777" w:rsidR="00784EC4" w:rsidRPr="00DC4F6F" w:rsidRDefault="00784EC4" w:rsidP="00784EC4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="1080"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6479B6D6" w14:textId="2C682049" w:rsidR="00CC41E9" w:rsidRPr="00402488" w:rsidRDefault="00CC41E9" w:rsidP="00CC41E9">
+    <w:p w14:paraId="6479B6D6" w14:textId="65516FAC" w:rsidR="00CC41E9" w:rsidRPr="00DC4F6F" w:rsidRDefault="00CC41E9" w:rsidP="00CC41E9">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00402488">
+      <w:r w:rsidRPr="00DC4F6F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Iesniegumu izskatīšanas kārtība</w:t>
+        <w:t>Iesniegumu izskatīšana</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="31AB639E" w14:textId="06688922" w:rsidR="00CC41E9" w:rsidRPr="00402488" w:rsidRDefault="00784EC4" w:rsidP="00CC41E9">
+    <w:p w14:paraId="6796E071" w14:textId="20217957" w:rsidR="005B52A3" w:rsidRPr="00DC4F6F" w:rsidRDefault="00784EC4" w:rsidP="005B52A3">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00402488">
+      <w:r w:rsidRPr="00DC4F6F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>S</w:t>
       </w:r>
-      <w:r w:rsidR="00CC41E9" w:rsidRPr="00402488">
-[...8 lines deleted...]
-      <w:r w:rsidR="00313C77" w:rsidRPr="00402488">
+      <w:r w:rsidR="00CC41E9" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">aņemot </w:t>
+      </w:r>
+      <w:r w:rsidR="00313C77" w:rsidRPr="00DC4F6F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>i</w:t>
       </w:r>
-      <w:r w:rsidR="00CC41E9" w:rsidRPr="00402488">
+      <w:r w:rsidR="00CC41E9" w:rsidRPr="00DC4F6F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">esniegumu, </w:t>
       </w:r>
-      <w:r w:rsidR="0041146C" w:rsidRPr="00402488">
+      <w:r w:rsidR="0041146C" w:rsidRPr="00DC4F6F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">tas tiek reģistrēts </w:t>
       </w:r>
       <w:bookmarkStart w:id="0" w:name="_Hlk97134350"/>
-      <w:r w:rsidR="0041146C" w:rsidRPr="00402488">
+      <w:r w:rsidR="0041146C" w:rsidRPr="00DC4F6F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>elektroniskajā lietvedības sistēmā</w:t>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
-      <w:r w:rsidR="0041146C" w:rsidRPr="00402488">
+      <w:r w:rsidR="0041146C" w:rsidRPr="00DC4F6F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> EDUS</w:t>
       </w:r>
-      <w:r w:rsidR="00CC41E9" w:rsidRPr="00402488">
-[...6 lines deleted...]
-        <w:t>.</w:t>
+      <w:r w:rsidR="001B0E1B" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> un iesniedzējs vienas darba dienas laikā tiek informēts par iesnieguma saņemšanu. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1774E7D1" w14:textId="7E8A20ED" w:rsidR="00CC41E9" w:rsidRPr="00402488" w:rsidRDefault="0041146C" w:rsidP="00CC41E9">
+    <w:p w14:paraId="0E71C722" w14:textId="74774499" w:rsidR="00FF51A2" w:rsidRPr="00DC4F6F" w:rsidRDefault="00733CBF" w:rsidP="004E34D5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...18 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Saņemot iesniegumu, kas saistīts ar profesionālās ētikas </w:t>
+      </w:r>
+      <w:r w:rsidR="00AF3589" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">un/vai redakcionālo vadlīniju </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">pārkāpumu sabiedriskā elektroniskā plašsaziņas līdzekļa saturā, ombuds dod iespēju </w:t>
+      </w:r>
+      <w:r w:rsidR="0044558C" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>i</w:t>
       </w:r>
-      <w:r w:rsidRPr="00402488">
-[...60 lines deleted...]
-        <w:t>esniegums ir saņemts un uzsākta tā izskatīšana.</w:t>
+      <w:r w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">esniegumā minētos apstākļus </w:t>
+      </w:r>
+      <w:r w:rsidR="00E977B1" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">skaidrot </w:t>
+      </w:r>
+      <w:r w:rsidR="008316ED" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">sabiedriskā elektroniskā plašsaziņas līdzekļa </w:t>
+      </w:r>
+      <w:r w:rsidR="00345469" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">atbildīgajam </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>pārstāvim</w:t>
+      </w:r>
+      <w:r w:rsidR="00FF51A2" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>, norādot atbildes sniegšanas termiņu</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="141E1744" w14:textId="73474F13" w:rsidR="00F5539D" w:rsidRPr="00402488" w:rsidRDefault="00F5539D" w:rsidP="00CC41E9">
+    <w:p w14:paraId="537CE5AB" w14:textId="4B715813" w:rsidR="004E34D5" w:rsidRPr="00DC4F6F" w:rsidRDefault="00F23533" w:rsidP="004E34D5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00402488">
-[...42 lines deleted...]
-        <w:t>un tā izskatīšanu uzņemas ombuds.</w:t>
+      <w:r w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve"> S</w:t>
+      </w:r>
+      <w:r w:rsidR="004D4AED" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>abiedriskā elektroniskā plašsaziņas līdzekļa</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00345469" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>atbildīg</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF3589" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>ajam</w:t>
+      </w:r>
+      <w:r w:rsidR="00FF51A2" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pārstāv</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF3589" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>im</w:t>
+      </w:r>
+      <w:r w:rsidR="00FF51A2" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> atbilde ombudam </w:t>
+      </w:r>
+      <w:r w:rsidR="00AF3589" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ir </w:t>
+      </w:r>
+      <w:r w:rsidR="00FF51A2" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">jāsniedz ne vēlāk </w:t>
+      </w:r>
+      <w:r w:rsidR="00E11F2B" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">kā </w:t>
+      </w:r>
+      <w:r w:rsidR="00225021" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>10</w:t>
+      </w:r>
+      <w:r w:rsidR="00FF51A2" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidR="00225021" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>desmit</w:t>
+      </w:r>
+      <w:r w:rsidR="00FF51A2" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>) darb</w:t>
+      </w:r>
+      <w:r w:rsidR="00991AF8" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">a </w:t>
+      </w:r>
+      <w:r w:rsidR="00FF51A2" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>dienu laikā. Ja atbildi nav iespējams sniegt minētajā termiņā</w:t>
+      </w:r>
+      <w:r w:rsidR="00751369" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00991AF8" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00751369" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">sabiedriskā </w:t>
+      </w:r>
+      <w:r w:rsidR="00991AF8" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>elektroniskā plašsaziņas līdzekļa</w:t>
+      </w:r>
+      <w:r w:rsidR="00751369" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pārstāvis </w:t>
+      </w:r>
+      <w:r w:rsidR="00991AF8" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">šī </w:t>
+      </w:r>
+      <w:r w:rsidR="00751369" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">termiņa ietvaros informē </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00751369" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>ombudu</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00751369" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> par lietas apstākļiem un atbildes sniegšanai nepieciešamo </w:t>
+      </w:r>
+      <w:r w:rsidR="00B4169B" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">papildu </w:t>
+      </w:r>
+      <w:r w:rsidR="00751369" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">laiku. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0E71C722" w14:textId="4E37E2CF" w:rsidR="00FF51A2" w:rsidRPr="00402488" w:rsidRDefault="00733CBF" w:rsidP="004E34D5">
+    <w:p w14:paraId="6973EE9C" w14:textId="7DF40F89" w:rsidR="004E34D5" w:rsidRPr="00DC4F6F" w:rsidRDefault="004E34D5" w:rsidP="004E34D5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00402488">
-[...9 lines deleted...]
-      <w:r w:rsidR="0044558C" w:rsidRPr="00402488">
+      <w:r w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Izskatot </w:t>
+      </w:r>
+      <w:r w:rsidR="0044558C" w:rsidRPr="00DC4F6F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>i</w:t>
       </w:r>
-      <w:r w:rsidRPr="00402488">
-[...67 lines deleted...]
-        <w:t xml:space="preserve">. </w:t>
+      <w:r w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>esniegumu</w:t>
+      </w:r>
+      <w:r w:rsidR="00F23533" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> un veidojot atzinumu</w:t>
+      </w:r>
+      <w:r w:rsidR="00F23533" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> par sabiedris</w:t>
+      </w:r>
+      <w:r w:rsidR="00F23533" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>kā elektroniskā plašsaziņas līdzekļa</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> satura</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>atbilstību sabiedrisk</w:t>
+      </w:r>
+      <w:r w:rsidR="00F23533" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>ā</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> elektronisk</w:t>
+      </w:r>
+      <w:r w:rsidR="00F23533" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>ā</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> plašsaziņas līdzekļ</w:t>
+      </w:r>
+      <w:r w:rsidR="00F23533" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ētikas kodeks</w:t>
+      </w:r>
+      <w:r w:rsidR="00F23533" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>am</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> un redakcionālajām vadlīnijām,</w:t>
+      </w:r>
+      <w:r w:rsidR="00952307" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ombuds izmanto </w:t>
+      </w:r>
+      <w:r w:rsidR="00F23533" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">tās dokumentu redakcijas, kuras bija spēkā iesniegumā minēto satura vienību </w:t>
+      </w:r>
+      <w:r w:rsidR="00952307" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">pārraidīšanas vai </w:t>
+      </w:r>
+      <w:r w:rsidR="00F23533" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">publicēšanas brīdī. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="537CE5AB" w14:textId="11B173C2" w:rsidR="004E34D5" w:rsidRPr="00402488" w:rsidRDefault="00FF51A2" w:rsidP="004E34D5">
+    <w:p w14:paraId="103F2B08" w14:textId="5C12D8BE" w:rsidR="00B122FC" w:rsidRPr="00DC4F6F" w:rsidRDefault="0044558C" w:rsidP="00B122FC">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00402488">
-[...137 lines deleted...]
-        <w:t xml:space="preserve">laiku. </w:t>
+      <w:r w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Ar mērķi pieņemt izsvērtu un taisnīgu lēmumu</w:t>
+      </w:r>
+      <w:r w:rsidR="00225021" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ombuds</w:t>
+      </w:r>
+      <w:r w:rsidR="00733CBF" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, izskatot </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidR="00733CBF" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">esniegumus, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>pēc nepieciešamības</w:t>
+      </w:r>
+      <w:r w:rsidR="00733CBF" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> var konsultēties ar </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidR="00B133A4" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>esniedzēju, elektronisko</w:t>
+      </w:r>
+      <w:r w:rsidR="00733CBF" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> plašsaziņas līdzekļu darbiniekiem un konkrētu jomu speciālistiem.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6973EE9C" w14:textId="5FB283A9" w:rsidR="004E34D5" w:rsidRPr="00402488" w:rsidRDefault="004E34D5" w:rsidP="004E34D5">
+    <w:p w14:paraId="7C241A32" w14:textId="4FE0AC14" w:rsidR="002C4034" w:rsidRPr="00DC4F6F" w:rsidRDefault="002C4034" w:rsidP="002C4034">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00402488">
-[...129 lines deleted...]
-        <w:t>esniegumā minētā satura publicēšanas laikā.</w:t>
+      <w:r w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Ja iesnieguma saturs neprasa atbildi pēc būtības, ombuds attiecīgo iesniegumu pieņem zināšanai un, ja nepieciešams</w:t>
+      </w:r>
+      <w:r w:rsidR="00056F43" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> izmanto savā darbā. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="77F6DD97" w14:textId="75F3034B" w:rsidR="00EA3204" w:rsidRPr="00402488" w:rsidRDefault="0044558C" w:rsidP="00EA3204">
+    <w:p w14:paraId="13D50ACA" w14:textId="77777777" w:rsidR="00EA3204" w:rsidRPr="00DC4F6F" w:rsidRDefault="00EA3204" w:rsidP="00EA3204">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:ind w:left="1080"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="61994919" w14:textId="10A691AC" w:rsidR="00CC41E9" w:rsidRPr="00DC4F6F" w:rsidRDefault="00EA3204" w:rsidP="00CC41E9">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Iesniegumu izskatīšanas termiņi</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="25DADE9A" w14:textId="0B71DC56" w:rsidR="00095507" w:rsidRPr="00DC4F6F" w:rsidRDefault="005B0694" w:rsidP="00D30B93">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...11 lines deleted...]
-      <w:r w:rsidR="00225021" w:rsidRPr="00402488">
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Atbildes uz ombudam </w:t>
+      </w:r>
+      <w:r w:rsidR="00725584" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>adresētajiem</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0044558C" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>esniegumiem</w:t>
+      </w:r>
+      <w:r w:rsidR="00095507" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00A06684" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ja nav iestājies šīs kārtības 5.2. </w:t>
+      </w:r>
+      <w:r w:rsidR="00C120AA" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>vai</w:t>
+      </w:r>
+      <w:r w:rsidR="00A06684" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5.3. punktā minētais gadījums</w:t>
+      </w:r>
+      <w:r w:rsidR="00095507" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">tiek sniegtas ne vēlāk kā </w:t>
+      </w:r>
+      <w:r w:rsidR="007D0358" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>10</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE6062" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (desmit)</w:t>
+      </w:r>
+      <w:r w:rsidR="00993220" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007D0358" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>darb</w:t>
+      </w:r>
+      <w:r w:rsidR="00C120AA" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">a </w:t>
+      </w:r>
+      <w:r w:rsidR="007D0358" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">dienu </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">laikā no </w:t>
+      </w:r>
+      <w:r w:rsidR="0044558C" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">esnieguma iesniegšanas dienas. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A5545A7" w14:textId="758BBE6D" w:rsidR="0048671E" w:rsidRPr="00DC4F6F" w:rsidRDefault="00095507" w:rsidP="00D30B93">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Ja izskatot iesniegumu, ombuds secina, ka atbildes sagatavošanai</w:t>
+      </w:r>
+      <w:r w:rsidR="00725584" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>ir nepieciešama papildu informācijas iegūšana, tai skaitā no sabiedriskā elektroniskā plašsaziņas līdzekļa,</w:t>
+      </w:r>
+      <w:r w:rsidR="00725584" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0004629C" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ir nepieciešama </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">liela apjoma informācijas analīze vai apstrāde, tad atbildi ombuds </w:t>
+      </w:r>
+      <w:r w:rsidR="00725584" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">uz šādu iesniegumu </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">sniedz </w:t>
+      </w:r>
+      <w:r w:rsidR="00725584" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">viena </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>mēneša laikā no iesnieguma saņemšanas dienas.</w:t>
+      </w:r>
+      <w:r w:rsidR="00C10F53" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Š</w:t>
+      </w:r>
+      <w:r w:rsidR="0004629C" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ādā gadījumā </w:t>
+      </w:r>
+      <w:r w:rsidR="00C10F53" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>ombuds 10</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE6062" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (desmit)</w:t>
+      </w:r>
+      <w:r w:rsidR="00C10F53" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> darb</w:t>
+      </w:r>
+      <w:r w:rsidR="0004629C" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">a </w:t>
+      </w:r>
+      <w:r w:rsidR="00C10F53" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">dienu laikā </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00C10F53" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>nosūta</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00C10F53" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> iesniedzējam </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00C10F53" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>starpatbild</w:t>
+      </w:r>
+      <w:r w:rsidR="0004629C" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00C10F53" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, ar kuru informē, ka atbilde pēc būtības tiks sniegta </w:t>
+      </w:r>
+      <w:r w:rsidR="00725584" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">viena </w:t>
+      </w:r>
+      <w:r w:rsidR="00C10F53" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">mēneša laikā. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="29BA75B3" w14:textId="0D1E4840" w:rsidR="00CF433B" w:rsidRPr="00DC4F6F" w:rsidRDefault="0048671E" w:rsidP="0048671E">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Kārtības 5.2. punktā minēt</w:t>
+      </w:r>
+      <w:r w:rsidR="00725584" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>ais</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> iesnieguma izskatīšanas termiņ</w:t>
+      </w:r>
+      <w:r w:rsidR="00725584" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>š</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ir attiecinām</w:t>
+      </w:r>
+      <w:r w:rsidR="00725584" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> arī uz gadījumiem, kad ombuds</w:t>
+      </w:r>
+      <w:r w:rsidR="00203A86" w:rsidRPr="00DC4F6F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00402488">
-[...19 lines deleted...]
-      <w:r w:rsidRPr="00402488">
+      <w:r w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> izskatot iesniegumu</w:t>
+      </w:r>
+      <w:r w:rsidR="00203A86" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="001E64C6" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ir pieņēmis lēmumu veidot atzinumu</w:t>
+      </w:r>
+      <w:r w:rsidR="00095507" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, jo </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00D30B93" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>ombuda</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00D30B93" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00095507" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>atzinuma sagatavošan</w:t>
+      </w:r>
+      <w:r w:rsidR="00D30B93" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>as laikā</w:t>
+      </w:r>
+      <w:r w:rsidR="00095507" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D30B93" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>tiek pieprasīta</w:t>
+      </w:r>
+      <w:r w:rsidR="00095507" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> informācija</w:t>
+      </w:r>
+      <w:r w:rsidR="00D30B93" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> no sabiedriskā elektroniskā plašsaziņas līdzekļa</w:t>
+      </w:r>
+      <w:r w:rsidR="00725584" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> atbildīgā pārstāvja</w:t>
+      </w:r>
+      <w:r w:rsidR="00D30B93" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00725584" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D30B93" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">pēc nepieciešamības </w:t>
+      </w:r>
+      <w:r w:rsidR="00725584" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">tiek veiktas konsultācijas </w:t>
+      </w:r>
+      <w:r w:rsidR="00D30B93" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>ar citiem ekspertiem un speciālistiem, kā arī</w:t>
+      </w:r>
+      <w:r w:rsidR="00725584" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> gatavojot atzinumu</w:t>
+      </w:r>
+      <w:r w:rsidR="00725584" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ombuds </w:t>
+      </w:r>
+      <w:r w:rsidR="00D30B93" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>vei</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>c</w:t>
+      </w:r>
+      <w:r w:rsidR="00D30B93" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> liela apjoma informācijas analīz</w:t>
+      </w:r>
+      <w:r w:rsidR="00725584" w:rsidRPr="00DC4F6F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>i</w:t>
       </w:r>
-      <w:r w:rsidR="00733CBF" w:rsidRPr="00402488">
-[...32 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+      <w:r w:rsidR="00D30B93" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> un apstrād</w:t>
+      </w:r>
+      <w:r w:rsidR="00725584" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">i. </w:t>
+      </w:r>
+      <w:r w:rsidR="00A06684" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Arī š</w:t>
+      </w:r>
+      <w:r w:rsidR="00725584" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>ajā gadījumā</w:t>
+      </w:r>
+      <w:r w:rsidR="00A06684" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ombuds 10 </w:t>
+      </w:r>
+      <w:r w:rsidR="00CE6062" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(desmit) </w:t>
+      </w:r>
+      <w:r w:rsidR="00A06684" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>darb</w:t>
+      </w:r>
+      <w:r w:rsidR="00725584" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">a </w:t>
+      </w:r>
+      <w:r w:rsidR="00A06684" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">dienu laikā </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A06684" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>nosūta</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A06684" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> iesniedzējam </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A06684" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>starpatbildi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A06684" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, ar kuru informē, ka ir pieņēmis lēmumu veidot atzinumu un </w:t>
+      </w:r>
+      <w:r w:rsidR="00725584" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>tas</w:t>
+      </w:r>
+      <w:r w:rsidR="00A06684" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tiks </w:t>
+      </w:r>
+      <w:r w:rsidR="00725584" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">sagatavots un </w:t>
+      </w:r>
+      <w:r w:rsidR="00A06684" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">nosūtīts </w:t>
+      </w:r>
+      <w:r w:rsidR="00725584" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">viena </w:t>
+      </w:r>
+      <w:r w:rsidR="00A06684" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">mēneša laikā. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B096E94" w14:textId="17F388AB" w:rsidR="005B0694" w:rsidRPr="00DC4F6F" w:rsidRDefault="00A06684" w:rsidP="00043541">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Ja šīs kārtības 5.2. un 5.3. punkt</w:t>
+      </w:r>
+      <w:r w:rsidR="005F34A4" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>os</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> minētajos gadījumos ombuds</w:t>
+      </w:r>
+      <w:r w:rsidR="00203A86" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> gatavojot atbildi</w:t>
+      </w:r>
+      <w:r w:rsidR="005378AE" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>vai atzinumu</w:t>
+      </w:r>
+      <w:r w:rsidR="00203A86" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="005F34A4" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>konstatē, ka atbildes sniegšanai ir nepieciešams papildu laiks,</w:t>
+      </w:r>
+      <w:r w:rsidR="00494520" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>tad ombuds</w:t>
+      </w:r>
+      <w:r w:rsidR="00043541" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ar vēstuli </w:t>
+      </w:r>
+      <w:r w:rsidR="005F34A4" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>informē iesniedzēju</w:t>
+      </w:r>
+      <w:r w:rsidR="005B0694" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> par jau veiktajām darbībām</w:t>
+      </w:r>
+      <w:r w:rsidR="00043541" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> un </w:t>
+      </w:r>
+      <w:r w:rsidR="00945D15" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">informē par </w:t>
+      </w:r>
+      <w:r w:rsidR="005B0694" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>nepieciešamību pagarināt atbildes sniegšanas</w:t>
+      </w:r>
+      <w:r w:rsidR="00043541" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005B0694" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>termiņu</w:t>
+      </w:r>
+      <w:r w:rsidR="00043541" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, norādot šo termiņu. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7727846B" w14:textId="6B5BDFC8" w:rsidR="005B0694" w:rsidRPr="00DC4F6F" w:rsidRDefault="005B0694" w:rsidP="00C52713">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ja iesniedzējs </w:t>
+      </w:r>
+      <w:r w:rsidR="00FD5E83" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ir </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">norādījis, ka nevēlas saņemt atbildi, tā </w:t>
+      </w:r>
+      <w:r w:rsidR="00FD5E83" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">iesniedzējam </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>netiek sniegta.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="788B3FB7" w14:textId="1F01132B" w:rsidR="00F921DA" w:rsidRPr="00DC4F6F" w:rsidRDefault="005A378F" w:rsidP="00F921DA">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Ja </w:t>
+      </w:r>
+      <w:r w:rsidR="0024406D" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ombuds konstatē, ka </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">iesniedzēja </w:t>
+      </w:r>
+      <w:r w:rsidR="0044558C" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>i</w:t>
       </w:r>
-      <w:r w:rsidR="00B133A4" w:rsidRPr="00402488">
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> plašsaziņas līdzekļu darbiniekiem un konkrētu jomu speciālistiem.</w:t>
+      <w:r w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">esniegums </w:t>
+      </w:r>
+      <w:r w:rsidR="0024406D" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">pilnībā vai kādā daļā </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">nav </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>ombuda</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> kompetencē,</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB53A7" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D61ECE" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">tad </w:t>
+      </w:r>
+      <w:r w:rsidR="00036417" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ombuds </w:t>
+      </w:r>
+      <w:r w:rsidR="00D61ECE" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE6062" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (piecu)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="003F15B0" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>darb</w:t>
+      </w:r>
+      <w:r w:rsidR="00D61ECE" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">a </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">dienu laikā </w:t>
+      </w:r>
+      <w:r w:rsidR="00EB53A7" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">no </w:t>
+      </w:r>
+      <w:r w:rsidR="003F15B0" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>esniegum</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB53A7" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>a saņemšanas dienas</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00EB53A7" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>pārsūta</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0024406D" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">to </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>pēc piekritības</w:t>
+      </w:r>
+      <w:r w:rsidR="00F921DA" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> kompetentajai iestādei</w:t>
+      </w:r>
+      <w:r w:rsidR="0044558C" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> informējot </w:t>
+      </w:r>
+      <w:r w:rsidR="00F921DA" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>par to</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB53A7" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>iesniedzēju.</w:t>
+      </w:r>
+      <w:r w:rsidR="00F921DA" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="13D50ACA" w14:textId="77777777" w:rsidR="00EA3204" w:rsidRPr="00402488" w:rsidRDefault="00EA3204" w:rsidP="00EA3204">
+    <w:p w14:paraId="5BDBF2AB" w14:textId="17E9F394" w:rsidR="005A378F" w:rsidRPr="00DC4F6F" w:rsidRDefault="00F921DA" w:rsidP="00F921DA">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Ja</w:t>
+      </w:r>
+      <w:r w:rsidR="00B7607E" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>tas ir lietderīgi, ombuds</w:t>
+      </w:r>
+      <w:r w:rsidR="0024406D" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0024406D" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>nepārsūta</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0024406D" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> iesniegumu pēc piekritības kompetentajai iestādei un </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE6062" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (piecu)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> darba dienu laikā pēc iesnieguma saņemšanas informē iesniedzēju, ka attiecīgais iesniegums pilnībā vai kādā daļā nav </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>ombuda</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> kompetencē, un, ja iespējams, norāda kompetento iestādi.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="075FD4FD" w14:textId="77777777" w:rsidR="00435BC6" w:rsidRPr="00DC4F6F" w:rsidRDefault="00435BC6" w:rsidP="00435BC6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="1080"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="61994919" w14:textId="10A691AC" w:rsidR="00CC41E9" w:rsidRPr="00402488" w:rsidRDefault="00EA3204" w:rsidP="00CC41E9">
+    <w:p w14:paraId="5030E37B" w14:textId="5DF3BE6B" w:rsidR="006933E9" w:rsidRPr="00DC4F6F" w:rsidRDefault="006933E9" w:rsidP="006933E9">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00402488">
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DC4F6F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-        <w:t>Iesniegumu izskatīšanas termiņi</w:t>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Ombuda</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> atzinumi</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0B096E94" w14:textId="7CED2FBC" w:rsidR="005B0694" w:rsidRPr="0082289D" w:rsidRDefault="005B0694" w:rsidP="00036417">
+    <w:p w14:paraId="581760E0" w14:textId="2B059162" w:rsidR="00C8496E" w:rsidRPr="00DC4F6F" w:rsidRDefault="00C826CC" w:rsidP="00C8496E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0082289D">
-[...9 lines deleted...]
-      <w:r w:rsidR="0044558C" w:rsidRPr="0082289D">
+      <w:r w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>O</w:t>
+      </w:r>
+      <w:r w:rsidR="006933E9" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">mbuds sagatavo atzinumu par katru </w:t>
+      </w:r>
+      <w:r w:rsidR="003F15B0" w:rsidRPr="00DC4F6F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>i</w:t>
       </w:r>
-      <w:r w:rsidRPr="0082289D">
-[...9 lines deleted...]
-      <w:r w:rsidR="0044558C" w:rsidRPr="0082289D">
+      <w:r w:rsidR="006933E9" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>esniegum</w:t>
+      </w:r>
+      <w:r w:rsidR="003F15B0" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>u</w:t>
+      </w:r>
+      <w:r w:rsidR="004F2EFD" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00322771" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">kas saistīts ar iespējamu profesionālās ētikas </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">vai redakcionālo vadlīniju </w:t>
+      </w:r>
+      <w:r w:rsidR="00322771" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">pārkāpumu, </w:t>
+      </w:r>
+      <w:r w:rsidR="004F2EFD" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>izņemot šīs kārtības 3.3. punktā noteikt</w:t>
+      </w:r>
+      <w:r w:rsidR="009D08EE" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>o</w:t>
+      </w:r>
+      <w:r w:rsidR="004F2EFD" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> gadījum</w:t>
+      </w:r>
+      <w:r w:rsidR="009D08EE" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>u</w:t>
+      </w:r>
+      <w:r w:rsidR="00361FE7" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00E977B1" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Atzinums kopā ar </w:t>
+      </w:r>
+      <w:r w:rsidR="003F15B0" w:rsidRPr="00DC4F6F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>i</w:t>
       </w:r>
-      <w:r w:rsidRPr="0082289D">
-[...7 lines deleted...]
-        <w:t>esnieguma iesniegšanas dienas. Ja jautājuma noskaidrošanai nepieciešams ilgāks laiks, iesniedzējs tiek informēts par jau veiktajām darbībām, nepieciešamību pagarināt atbildes sniegšanas termiņu un iespējamo atbildes sniegšanas laiku.</w:t>
+      <w:r w:rsidR="00E977B1" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>esniegumu un citiem dokumentiem tiek glabāts</w:t>
+      </w:r>
+      <w:r w:rsidR="00065955" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="009D08EE" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">elektroniskajā lietvedības sistēmā EDUS </w:t>
+      </w:r>
+      <w:r w:rsidR="00065955" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>atbilstoši tiesību normatīva</w:t>
+      </w:r>
+      <w:r w:rsidR="00C27C5C" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>jos</w:t>
+      </w:r>
+      <w:r w:rsidR="00065955" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> aktos noteiktaj</w:t>
+      </w:r>
+      <w:r w:rsidR="009D08EE" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>iem</w:t>
+      </w:r>
+      <w:r w:rsidR="00065955" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> dokumentu glabāšanas termiņ</w:t>
+      </w:r>
+      <w:r w:rsidR="009D08EE" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">iem. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7727846B" w14:textId="36E720A4" w:rsidR="005B0694" w:rsidRPr="00402488" w:rsidRDefault="005B0694" w:rsidP="00C52713">
+    <w:p w14:paraId="5519648B" w14:textId="77777777" w:rsidR="00A871F5" w:rsidRPr="00DC4F6F" w:rsidRDefault="00C8496E" w:rsidP="00A871F5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00402488">
-[...7 lines deleted...]
-        <w:t>Ja iesniedzējs norādījis, ka nevēlas saņemt atbildi, tā netiek sniegta.</w:t>
+      <w:r w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Saskaņā ar SEPL</w:t>
+      </w:r>
+      <w:r w:rsidR="00520E7A" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>P</w:t>
+      </w:r>
+      <w:r w:rsidR="00F7445E" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>L</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 18.</w:t>
+      </w:r>
+      <w:r w:rsidR="004F2EFD" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">panta </w:t>
+      </w:r>
+      <w:r w:rsidR="004F2EFD" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">otro </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">daļu </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>ombuda</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> lēmums </w:t>
+      </w:r>
+      <w:r w:rsidR="003F15B0" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>esnieguma iesniedzējam nav saistošs un nav nedz apstrīdams, nedz pārsūdzams.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5BDBF2AB" w14:textId="5E71CE59" w:rsidR="005A378F" w:rsidRPr="00402488" w:rsidRDefault="005A378F" w:rsidP="00C52713">
+    <w:p w14:paraId="1D9EDB32" w14:textId="6C174E07" w:rsidR="00435BC6" w:rsidRPr="00DC4F6F" w:rsidRDefault="00435BC6" w:rsidP="00A871F5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...190 lines deleted...]
-        <w:t>iesniedzēju.</w:t>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Saskaņā ar SEP</w:t>
+      </w:r>
+      <w:r w:rsidR="00F7445E" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>L</w:t>
+      </w:r>
+      <w:r w:rsidR="00520E7A" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>P</w:t>
+      </w:r>
+      <w:r w:rsidR="00F7445E" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>L</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 18.</w:t>
+      </w:r>
+      <w:r w:rsidR="004F2EFD" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">panta </w:t>
+      </w:r>
+      <w:r w:rsidR="00C470C1" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>trešo</w:t>
+      </w:r>
+      <w:r w:rsidR="00B4169B" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">daļu sabiedriskie elektroniskie plašsaziņas līdzekļi ņem vērā sabiedrisko elektronisko plašsaziņas līdzekļu </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>ombuda</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> atzinumā ietvertos secinājumus. Īpašos gadījumos sabiedriskais elektroniskais plašsaziņas līdzeklis var šos secinājumus neņemt vērā, atteikumu pamatojot </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>rakstveidā</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="075FD4FD" w14:textId="77777777" w:rsidR="00435BC6" w:rsidRPr="00402488" w:rsidRDefault="00435BC6" w:rsidP="00435BC6">
-[...2 lines deleted...]
-        <w:ind w:left="1080"/>
+    <w:p w14:paraId="397E6799" w14:textId="77777777" w:rsidR="003B7BB3" w:rsidRPr="00DC4F6F" w:rsidRDefault="003B7BB3" w:rsidP="00055794">
+      <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5030E37B" w14:textId="6EF37F67" w:rsidR="006933E9" w:rsidRPr="00402488" w:rsidRDefault="006933E9" w:rsidP="006933E9">
+    <w:p w14:paraId="4D0DCC65" w14:textId="462E8D08" w:rsidR="00345469" w:rsidRPr="00DC4F6F" w:rsidRDefault="00345469" w:rsidP="00345469">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00402488">
+      <w:r w:rsidRPr="00DC4F6F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="001F4DA4" w:rsidRPr="00402488">
+        </w:rPr>
+        <w:t xml:space="preserve">Informācijas </w:t>
+      </w:r>
+      <w:r w:rsidR="0077583E" w:rsidRPr="00DC4F6F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve"> un lēmumi</w:t>
+        </w:rPr>
+        <w:t>publiskošana un personas datu apstrāde</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="581760E0" w14:textId="6329971B" w:rsidR="00C8496E" w:rsidRPr="00402488" w:rsidRDefault="00C8496E" w:rsidP="00C8496E">
+    <w:p w14:paraId="7ADBAB41" w14:textId="13BF7F3A" w:rsidR="0077583E" w:rsidRPr="00DC4F6F" w:rsidRDefault="0077583E" w:rsidP="0077583E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00402488">
-[...165 lines deleted...]
-        <w:t xml:space="preserve"> aktos noteiktajam dokumentu glabāšanas termiņam.</w:t>
+      <w:r w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Sabiedriskie elektroniskie plašsaziņas līdzekļi publisko </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>ombuda</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> atzinumu</w:t>
+      </w:r>
+      <w:r w:rsidR="00B643A4" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">s </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>savās tīmekļa</w:t>
+      </w:r>
+      <w:r w:rsidR="00B643A4" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> vietnēs</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="71DE7481" w14:textId="5A673C25" w:rsidR="00435BC6" w:rsidRPr="00402488" w:rsidRDefault="00C8496E" w:rsidP="00435BC6">
+    <w:p w14:paraId="5845DACB" w14:textId="6649CE38" w:rsidR="0077583E" w:rsidRPr="00DC4F6F" w:rsidRDefault="0077583E" w:rsidP="0077583E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...102 lines deleted...]
-        <w:t>esnieguma iesniedzējam nav saistošs un nav nedz apstrīdams, nedz pārsūdzams.</w:t>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Ombuda</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> atzinums</w:t>
+      </w:r>
+      <w:r w:rsidR="00110DF9" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">tiek publicēts </w:t>
+      </w:r>
+      <w:r w:rsidR="00110DF9" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">arī </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">SEPLP </w:t>
+      </w:r>
+      <w:r w:rsidR="00110DF9" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>tīmekļa vietnē</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00110DF9" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">sadaļas “Ombuds” </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00110DF9" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>apakš</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>sadaļā</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> “Atzinumi”.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1D9EDB32" w14:textId="237FF8EC" w:rsidR="00435BC6" w:rsidRPr="00402488" w:rsidRDefault="00435BC6" w:rsidP="00435BC6">
+    <w:p w14:paraId="186F8F1E" w14:textId="6435CD7F" w:rsidR="0077583E" w:rsidRPr="00DC4F6F" w:rsidRDefault="0077583E" w:rsidP="0077583E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00402488">
-[...97 lines deleted...]
-        <w:t>daļu sabiedriskie elektroniskie plašsaziņas līdzekļi ņem vērā sabiedrisko elektronisko plašsaziņas līdzekļu ombuda atzinumā ietvertos secinājumus. Īpašos gadījumos sabiedriskais elektroniskais plašsaziņas līdzeklis var šos secinājumus neņemt vērā, atteikumu pamatojot rakstveidā.</w:t>
+      <w:r w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Atzinuma publiskotajā versijā iesniedzēja dati tiek </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>anonimizēti</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00110DF9" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (netiek atklāta iesnieguma iesniedzēja identitāte).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="73E96E78" w14:textId="1A998FDD" w:rsidR="00F05CFD" w:rsidRPr="00402488" w:rsidRDefault="00F05CFD" w:rsidP="00435BC6">
+    <w:p w14:paraId="587A847E" w14:textId="4B9562D5" w:rsidR="00345469" w:rsidRPr="00DC4F6F" w:rsidRDefault="004F2EFD" w:rsidP="00345469">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Ja sabiedrisko elektronisko plašsaziņas līdzekļu ombuds ir pieņēmis lēmumu, ka sabiedriskais elektroniskais plašsaziņas līdzeklis ir pārkāpis ētikas kodeksu vai redakcionālās vadlīnijas, sabiedriskais medijs savā mājas lapā un programmā publicē atvainošanos. </w:t>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>O</w:t>
+      </w:r>
+      <w:r w:rsidR="00345469" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">mbuds apkopo </w:t>
+      </w:r>
+      <w:r w:rsidR="00A5322A" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">informāciju par </w:t>
+      </w:r>
+      <w:r w:rsidR="00D73DD7" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>saņemt</w:t>
+      </w:r>
+      <w:r w:rsidR="00A5322A" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ajiem</w:t>
+      </w:r>
+      <w:r w:rsidR="00345469" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> iesniegum</w:t>
+      </w:r>
+      <w:r w:rsidR="00A5322A" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">iem </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A5322A" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>anonimizētā</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A5322A" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> veidā un </w:t>
+      </w:r>
+      <w:r w:rsidR="006933E9" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>sniedz</w:t>
+      </w:r>
+      <w:r w:rsidR="00A5322A" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="006933E9" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>par tiem informāciju ikgadējā ziņojumā par savu darbu.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2143DF0B" w14:textId="0D5D0B7D" w:rsidR="00435BC6" w:rsidRPr="00402488" w:rsidRDefault="00435BC6" w:rsidP="00435BC6">
+    <w:p w14:paraId="02927A82" w14:textId="6851658C" w:rsidR="0077583E" w:rsidRPr="00DC4F6F" w:rsidRDefault="006933E9" w:rsidP="0077583E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...32 lines deleted...]
-        <w:t>savās tīmekļa mājas lapās.</w:t>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Informāciju par </w:t>
+      </w:r>
+      <w:r w:rsidR="003F15B0" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>esniegumos minēto</w:t>
+      </w:r>
+      <w:r w:rsidR="00A5322A" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, kā arī </w:t>
+      </w:r>
+      <w:r w:rsidR="00E977B1" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">atzinumus </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>anonimizētā</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> veidā </w:t>
+      </w:r>
+      <w:r w:rsidR="00A5322A" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ombuds </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>var izmantot</w:t>
+      </w:r>
+      <w:r w:rsidR="00E977B1" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> sabiedrības </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00E977B1" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>medijpratības</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00E977B1" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> veicināšanai un saiknes ar sabiedrību veidoš</w:t>
+      </w:r>
+      <w:r w:rsidR="003B7BB3" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidR="00E977B1" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>nai.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5C57E4FE" w14:textId="50ED6E03" w:rsidR="006933E9" w:rsidRPr="00402488" w:rsidRDefault="00C8496E" w:rsidP="006933E9">
+    <w:p w14:paraId="48C99A57" w14:textId="2B8E6EA4" w:rsidR="00EA3204" w:rsidRPr="00DC4F6F" w:rsidRDefault="00345469" w:rsidP="0077583E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00402488">
-[...27 lines deleted...]
-        <w:t>.</w:t>
+      <w:r w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Ombudam adresētajos iesniegumos minētie personas dati tiek apstrādāti</w:t>
+      </w:r>
+      <w:r w:rsidR="00D05AB0" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tikai</w:t>
+      </w:r>
+      <w:r w:rsidR="00520E7A" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> SEPLPL noteikto</w:t>
+      </w:r>
+      <w:r w:rsidR="00D05AB0" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00586095" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>o</w:t>
+      </w:r>
+      <w:r w:rsidR="00D05AB0" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>mbuda</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A5322A" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D05AB0" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">funkciju izpildei un atbilstoši spēkā esošajiem </w:t>
+      </w:r>
+      <w:r w:rsidR="00B0575E" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">personas </w:t>
+      </w:r>
+      <w:r w:rsidR="00D05AB0" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">datu aizsardzības tiesību aktiem un </w:t>
+      </w:r>
+      <w:r w:rsidR="00520E7A" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">SEPLP </w:t>
+      </w:r>
+      <w:r w:rsidR="00D05AB0" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>iekšējiem</w:t>
+      </w:r>
+      <w:r w:rsidR="00B0575E" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> noteikumiem par datu apstrādi. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5AA7A84F" w14:textId="140907D6" w:rsidR="00E977B1" w:rsidRPr="00402488" w:rsidRDefault="00E977B1" w:rsidP="006933E9">
+    <w:p w14:paraId="6F4BAAD2" w14:textId="361196F3" w:rsidR="00C96678" w:rsidRPr="00DC4F6F" w:rsidRDefault="00C96678" w:rsidP="00C52713">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="77C5D587" w14:textId="2A77AFD8" w:rsidR="0022720D" w:rsidRPr="00DC4F6F" w:rsidRDefault="0077583E" w:rsidP="003B6FAA">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="714" w:hanging="357"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Rīcība </w:t>
+      </w:r>
+      <w:r w:rsidR="0022720D" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>nepatiesu ziņu</w:t>
+      </w:r>
+      <w:r w:rsidR="00E5738A" w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> izplatīšanas gadījumā</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3485BF21" w14:textId="28B3D8A3" w:rsidR="005A0241" w:rsidRPr="00DC4F6F" w:rsidRDefault="005A0241" w:rsidP="00800478">
+      <w:pPr>
+        <w:pStyle w:val="pf0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...74 lines deleted...]
-        <w:t>.</w:t>
+      </w:pPr>
+      <w:r w:rsidRPr="00DC4F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC4F6F">
+        <w:t xml:space="preserve">Atbilstoši </w:t>
+      </w:r>
+      <w:r w:rsidR="00ED7B54" w:rsidRPr="00DC4F6F">
+        <w:t xml:space="preserve">EPLL </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC4F6F">
+        <w:t>50.</w:t>
+      </w:r>
+      <w:r w:rsidR="00800478" w:rsidRPr="00DC4F6F">
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC4F6F">
+        <w:t>panta pirmajā daļā noteiktajam, personai, par kuru kāda elektroniskā plašsaziņas līdzekļa raidījumā ir paustas nepatiesas ziņas, ir tiesības pieprasīt, lai tas pats elektroniskais plašsaziņas līdzeklis izplata šo ziņu atsaukumu, kā arī tās atbildi.</w:t>
+      </w:r>
+      <w:r w:rsidR="001318E6" w:rsidRPr="00DC4F6F">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00022FD3" w:rsidRPr="00DC4F6F">
+        <w:t>No šīs tiesību normas izrietoši,</w:t>
+      </w:r>
+      <w:r w:rsidR="001318E6" w:rsidRPr="00DC4F6F">
+        <w:t xml:space="preserve"> gadījumos, </w:t>
+      </w:r>
+      <w:r w:rsidR="001318E6" w:rsidRPr="00DC4F6F">
+        <w:lastRenderedPageBreak/>
+        <w:t>kad nepatiesas ziņas ir paudis sabiedriskais elektroniskais plašsaziņas līdzeklis, ar iesniegumu par nepatiesu ziņu atsaukumu ir jāvēršas pie</w:t>
+      </w:r>
+      <w:r w:rsidR="00022FD3" w:rsidRPr="00DC4F6F">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001318E6" w:rsidRPr="00DC4F6F">
+        <w:t>sabiedriskā elektroniskā plašsaziņas līdzekļa.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="397E6799" w14:textId="77777777" w:rsidR="003B7BB3" w:rsidRPr="00402488" w:rsidRDefault="003B7BB3" w:rsidP="003B7BB3">
-[...54 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+    <w:p w14:paraId="2EC5F86E" w14:textId="17139704" w:rsidR="005A0241" w:rsidRPr="00DC4F6F" w:rsidRDefault="005A0241" w:rsidP="00800478">
+      <w:pPr>
+        <w:pStyle w:val="pf0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...50 lines deleted...]
-        <w:t>, sniedzot par tiem informāciju ikgadējā ziņojumā par savu darbu.</w:t>
+      </w:pPr>
+      <w:r w:rsidRPr="00DC4F6F">
+        <w:t xml:space="preserve"> EPLL 51. panta pirmā daļa noteic, ka iesniegums</w:t>
+      </w:r>
+      <w:r w:rsidR="001318E6" w:rsidRPr="00DC4F6F">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC4F6F">
+        <w:t>par nepatiesu ziņu atsaukuma izplatīšanu ir sniedzams</w:t>
+      </w:r>
+      <w:r w:rsidR="00800478" w:rsidRPr="00DC4F6F">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DC4F6F">
+        <w:t>rakstveidā</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DC4F6F">
+        <w:t xml:space="preserve"> 14</w:t>
+      </w:r>
+      <w:r w:rsidR="00022FD3" w:rsidRPr="00DC4F6F">
+        <w:t xml:space="preserve"> (četrpadsmit) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC4F6F">
+        <w:t>dienu laikā pēc ziņu izplatīšanas, norādot konkrētās raidījumā paustās ziņas.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="442810AE" w14:textId="2702FCF1" w:rsidR="006933E9" w:rsidRPr="00402488" w:rsidRDefault="006933E9" w:rsidP="00345469">
-[...1 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+    <w:p w14:paraId="588C89A3" w14:textId="3F741C4E" w:rsidR="001318E6" w:rsidRPr="00DC4F6F" w:rsidRDefault="001318E6" w:rsidP="001318E6">
+      <w:pPr>
+        <w:pStyle w:val="pf0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...76 lines deleted...]
-        <w:t>nai.</w:t>
+      </w:pPr>
+      <w:r w:rsidRPr="00DC4F6F">
+        <w:t xml:space="preserve"> Iesniegums</w:t>
+      </w:r>
+      <w:r w:rsidR="00022FD3" w:rsidRPr="00DC4F6F">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC4F6F">
+        <w:t xml:space="preserve">sabiedriskajam elektroniskajam plašsaziņas līdzeklim ir jāizskata </w:t>
+      </w:r>
+      <w:r w:rsidR="00022FD3" w:rsidRPr="00DC4F6F">
+        <w:t>7 (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC4F6F">
+        <w:t>septiņu</w:t>
+      </w:r>
+      <w:r w:rsidR="00022FD3" w:rsidRPr="00DC4F6F">
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC4F6F">
+        <w:t xml:space="preserve"> dienu laikā no tā saņemšanas dienas.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="17438319" w14:textId="77777777" w:rsidR="003B7BB3" w:rsidRPr="00402488" w:rsidRDefault="003B7BB3" w:rsidP="003B7BB3">
-[...14 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+    <w:p w14:paraId="7FA26730" w14:textId="05E57063" w:rsidR="001318E6" w:rsidRPr="00DC4F6F" w:rsidRDefault="001318E6" w:rsidP="001318E6">
+      <w:pPr>
+        <w:pStyle w:val="pf0"/>
         <w:numPr>
-          <w:ilvl w:val="0"/>
+          <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...17 lines deleted...]
-        <w:t>Personas datu apstrāde</w:t>
+      </w:pPr>
+      <w:r w:rsidRPr="00DC4F6F">
+        <w:t>Ja sabiedriskajam elektroniskajam plašsaziņas līdzeklim nav pietiekamu pierādījumu, ka izplatītās ziņas atbilst patiesībai, tas ne vēlāk kā</w:t>
+      </w:r>
+      <w:r w:rsidR="00022FD3" w:rsidRPr="00DC4F6F">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC4F6F">
+        <w:t>piektajā</w:t>
+      </w:r>
+      <w:r w:rsidR="00022FD3" w:rsidRPr="00DC4F6F">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC4F6F">
+        <w:t>dienā pēc iesnieguma izskatīšanas dienas tāda paša nosaukuma raidījumā un tajā pašā raidījuma laikā, bet, ja tas nav iespējams, — līdzvērtīgā laikā šīs ziņas atsauc.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="48C99A57" w14:textId="5114D60E" w:rsidR="00EA3204" w:rsidRPr="00402488" w:rsidRDefault="00345469" w:rsidP="0082289D">
-[...1 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+    <w:p w14:paraId="69500810" w14:textId="1E3A7696" w:rsidR="00B122FC" w:rsidRPr="00DC4F6F" w:rsidRDefault="001318E6" w:rsidP="009633BC">
+      <w:pPr>
+        <w:pStyle w:val="pf0"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00DC4F6F">
+        <w:t xml:space="preserve">Ja sabiedriskais elektroniskais plašsaziņas līdzeklis nepiekrīt atsaukuma izplatīšanai, tas </w:t>
+      </w:r>
+      <w:r w:rsidR="00022FD3" w:rsidRPr="00DC4F6F">
+        <w:t>7 (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC4F6F">
+        <w:t>septiņu</w:t>
+      </w:r>
+      <w:r w:rsidR="00022FD3" w:rsidRPr="00DC4F6F">
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC4F6F">
+        <w:t xml:space="preserve"> dienu laikā no iesnieguma saņemšanas dienas par to paziņo iesniedzējam, norādot atteikuma iemeslus.</w:t>
+      </w:r>
+      <w:r w:rsidR="00D55CC4" w:rsidRPr="00DC4F6F">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC4F6F">
+        <w:t>Ja sabiedriskais elektroniskais plašsaziņas līdzeklis neizplata nepatiesu ziņu atsaukumu, iesnieguma iesniedzējam ir tiesības vērsties tiesā un pieprasīt nepatieso ziņu atsaukumu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="208EE50B" w14:textId="77777777" w:rsidR="009633BC" w:rsidRPr="00DC4F6F" w:rsidRDefault="009633BC" w:rsidP="009633BC">
+      <w:pPr>
+        <w:pStyle w:val="pf0"/>
         <w:ind w:left="1080"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...77 lines deleted...]
-      </w:r>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="6F4BAAD2" w14:textId="361196F3" w:rsidR="00C96678" w:rsidRPr="00402488" w:rsidRDefault="00C96678" w:rsidP="00C52713">
-[...12 lines deleted...]
-    <w:p w14:paraId="5BD8B620" w14:textId="4CA98EEC" w:rsidR="00AB47D1" w:rsidRPr="00402488" w:rsidRDefault="00AB47D1" w:rsidP="0084327B">
+    <w:p w14:paraId="5BD8B620" w14:textId="4CA98EEC" w:rsidR="00AB47D1" w:rsidRPr="00DC4F6F" w:rsidRDefault="00AB47D1" w:rsidP="0084327B">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00402488">
-[...3 lines deleted...]
-        <w:t>DOKUMENTS PARAKSTĪTS AR DROŠU ELEKTRONISKO PARAKSTU UN SATUR LAIKA ZĪMOGU</w:t>
+      <w:r w:rsidRPr="00DC4F6F">
+        <w:t>*DOKUMENTS PARAKSTĪTS AR DROŠU ELEKTRONISKO PARAKSTU UN SATUR LAIKA ZĪMOGU</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00AB47D1" w:rsidRPr="00402488">
+    <w:sectPr w:rsidR="00AB47D1" w:rsidRPr="00DC4F6F" w:rsidSect="00B122FC">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1440" w:right="1800" w:bottom="1440" w:left="1800" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="1440" w:right="1700" w:bottom="1440" w:left="1800" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="BA"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
-    <w:charset w:val="BA"/>
+    <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="BA"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Segoe UI">
+    <w:panose1 w:val="020B0502040204020203"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="387E7EB6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="00BA57C2"/>
     <w:lvl w:ilvl="0" w:tplc="0809000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -5877,246 +9908,450 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="864103053">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="37364090">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="829561357">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="681862179">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00BD486B"/>
+    <w:rsid w:val="000144DE"/>
     <w:rsid w:val="00020D8E"/>
+    <w:rsid w:val="00022FD3"/>
+    <w:rsid w:val="00030B4A"/>
+    <w:rsid w:val="00035280"/>
     <w:rsid w:val="00036417"/>
+    <w:rsid w:val="00043541"/>
     <w:rsid w:val="00044A8F"/>
+    <w:rsid w:val="0004629C"/>
+    <w:rsid w:val="00047AA4"/>
+    <w:rsid w:val="00055794"/>
+    <w:rsid w:val="000563AC"/>
+    <w:rsid w:val="00056F43"/>
     <w:rsid w:val="00065955"/>
     <w:rsid w:val="00071652"/>
+    <w:rsid w:val="00076E32"/>
+    <w:rsid w:val="00095507"/>
     <w:rsid w:val="000C0A79"/>
     <w:rsid w:val="000C2699"/>
+    <w:rsid w:val="000D7063"/>
+    <w:rsid w:val="000D76D4"/>
     <w:rsid w:val="000E17A6"/>
+    <w:rsid w:val="000E4F45"/>
     <w:rsid w:val="000F5C0A"/>
+    <w:rsid w:val="000F71BA"/>
+    <w:rsid w:val="00110DF9"/>
+    <w:rsid w:val="001254BE"/>
     <w:rsid w:val="0012558D"/>
+    <w:rsid w:val="001318E6"/>
     <w:rsid w:val="00135630"/>
     <w:rsid w:val="00136C77"/>
+    <w:rsid w:val="001404F6"/>
     <w:rsid w:val="001405B8"/>
+    <w:rsid w:val="00163A7A"/>
+    <w:rsid w:val="00165E87"/>
     <w:rsid w:val="00176589"/>
+    <w:rsid w:val="001821AB"/>
+    <w:rsid w:val="0018668B"/>
+    <w:rsid w:val="0018696F"/>
+    <w:rsid w:val="001B0E1B"/>
     <w:rsid w:val="001B768F"/>
+    <w:rsid w:val="001C0558"/>
     <w:rsid w:val="001C4A4C"/>
+    <w:rsid w:val="001D0876"/>
+    <w:rsid w:val="001E64C6"/>
     <w:rsid w:val="001F4DA4"/>
+    <w:rsid w:val="00203A86"/>
     <w:rsid w:val="00216333"/>
     <w:rsid w:val="00217AEF"/>
+    <w:rsid w:val="002205DE"/>
     <w:rsid w:val="00225021"/>
+    <w:rsid w:val="0022720D"/>
+    <w:rsid w:val="0024406D"/>
+    <w:rsid w:val="002453A7"/>
+    <w:rsid w:val="002503C3"/>
+    <w:rsid w:val="00254B0A"/>
     <w:rsid w:val="00260566"/>
     <w:rsid w:val="002A293E"/>
     <w:rsid w:val="002B097A"/>
+    <w:rsid w:val="002C066B"/>
     <w:rsid w:val="002C24AB"/>
+    <w:rsid w:val="002C4034"/>
+    <w:rsid w:val="002E042A"/>
+    <w:rsid w:val="002E79B7"/>
     <w:rsid w:val="002F3CDD"/>
+    <w:rsid w:val="002F4977"/>
+    <w:rsid w:val="003058A8"/>
     <w:rsid w:val="00313C77"/>
     <w:rsid w:val="0031427F"/>
+    <w:rsid w:val="003142BE"/>
     <w:rsid w:val="00322771"/>
+    <w:rsid w:val="00331D5A"/>
     <w:rsid w:val="00345469"/>
     <w:rsid w:val="00350179"/>
     <w:rsid w:val="00361FE7"/>
+    <w:rsid w:val="00363FBD"/>
     <w:rsid w:val="00367848"/>
     <w:rsid w:val="00370F37"/>
+    <w:rsid w:val="00382C15"/>
+    <w:rsid w:val="00385528"/>
     <w:rsid w:val="00391226"/>
     <w:rsid w:val="003B3493"/>
+    <w:rsid w:val="003B6FAA"/>
     <w:rsid w:val="003B7BB3"/>
     <w:rsid w:val="003F15B0"/>
     <w:rsid w:val="003F239E"/>
+    <w:rsid w:val="003F6FC6"/>
     <w:rsid w:val="00402488"/>
+    <w:rsid w:val="0040570D"/>
     <w:rsid w:val="00407783"/>
     <w:rsid w:val="0041146C"/>
     <w:rsid w:val="00416235"/>
+    <w:rsid w:val="00433BBE"/>
     <w:rsid w:val="00435BC6"/>
     <w:rsid w:val="0044558C"/>
     <w:rsid w:val="00460C74"/>
     <w:rsid w:val="00471430"/>
+    <w:rsid w:val="00480B3B"/>
+    <w:rsid w:val="0048321D"/>
+    <w:rsid w:val="0048671E"/>
+    <w:rsid w:val="00494520"/>
+    <w:rsid w:val="00494739"/>
+    <w:rsid w:val="004A3B24"/>
     <w:rsid w:val="004B1A96"/>
+    <w:rsid w:val="004B2C8B"/>
     <w:rsid w:val="004B652C"/>
+    <w:rsid w:val="004D4AED"/>
     <w:rsid w:val="004E34D5"/>
     <w:rsid w:val="004F2064"/>
     <w:rsid w:val="004F2EFD"/>
+    <w:rsid w:val="00516D92"/>
     <w:rsid w:val="00520E7A"/>
+    <w:rsid w:val="00523690"/>
+    <w:rsid w:val="005378AE"/>
+    <w:rsid w:val="00542C1E"/>
+    <w:rsid w:val="00546A49"/>
     <w:rsid w:val="00551BB9"/>
+    <w:rsid w:val="0057073E"/>
+    <w:rsid w:val="005713A0"/>
+    <w:rsid w:val="00575FD9"/>
     <w:rsid w:val="00586095"/>
+    <w:rsid w:val="005A0241"/>
     <w:rsid w:val="005A378F"/>
     <w:rsid w:val="005B02FB"/>
     <w:rsid w:val="005B0694"/>
+    <w:rsid w:val="005B52A3"/>
     <w:rsid w:val="005B65B2"/>
     <w:rsid w:val="005B7157"/>
+    <w:rsid w:val="005D0E86"/>
     <w:rsid w:val="005E3016"/>
+    <w:rsid w:val="005E4EBC"/>
+    <w:rsid w:val="005F0048"/>
+    <w:rsid w:val="005F2E92"/>
+    <w:rsid w:val="005F34A4"/>
+    <w:rsid w:val="005F440C"/>
     <w:rsid w:val="00612E43"/>
     <w:rsid w:val="00614A97"/>
+    <w:rsid w:val="0062359B"/>
     <w:rsid w:val="00643AAF"/>
+    <w:rsid w:val="00644F24"/>
+    <w:rsid w:val="0064664C"/>
+    <w:rsid w:val="00657DF0"/>
+    <w:rsid w:val="0069309E"/>
     <w:rsid w:val="006933E9"/>
     <w:rsid w:val="006970CB"/>
     <w:rsid w:val="006A33DA"/>
+    <w:rsid w:val="006A432A"/>
+    <w:rsid w:val="006B1EDB"/>
+    <w:rsid w:val="006B6BBB"/>
+    <w:rsid w:val="006C7961"/>
+    <w:rsid w:val="006E309C"/>
     <w:rsid w:val="0070433B"/>
     <w:rsid w:val="00720913"/>
+    <w:rsid w:val="0072146E"/>
+    <w:rsid w:val="00725584"/>
     <w:rsid w:val="007301BC"/>
     <w:rsid w:val="00733CBF"/>
     <w:rsid w:val="00743598"/>
     <w:rsid w:val="00751369"/>
     <w:rsid w:val="0075199B"/>
+    <w:rsid w:val="00773E36"/>
     <w:rsid w:val="00774C27"/>
+    <w:rsid w:val="0077583E"/>
     <w:rsid w:val="00784EC4"/>
     <w:rsid w:val="00791657"/>
     <w:rsid w:val="007A5EF8"/>
+    <w:rsid w:val="007D0358"/>
+    <w:rsid w:val="007E19F5"/>
+    <w:rsid w:val="007E4F2A"/>
     <w:rsid w:val="007F481D"/>
+    <w:rsid w:val="00800478"/>
+    <w:rsid w:val="00814E7E"/>
     <w:rsid w:val="0082289D"/>
     <w:rsid w:val="00824445"/>
+    <w:rsid w:val="008316ED"/>
     <w:rsid w:val="0084327B"/>
+    <w:rsid w:val="00873D83"/>
+    <w:rsid w:val="008A384D"/>
+    <w:rsid w:val="008B5F7D"/>
+    <w:rsid w:val="008C5D28"/>
+    <w:rsid w:val="008D2924"/>
+    <w:rsid w:val="008F64DC"/>
+    <w:rsid w:val="00900862"/>
+    <w:rsid w:val="0092331E"/>
     <w:rsid w:val="00930F24"/>
+    <w:rsid w:val="00933399"/>
+    <w:rsid w:val="00945D15"/>
+    <w:rsid w:val="00952307"/>
     <w:rsid w:val="009546FA"/>
+    <w:rsid w:val="009633BC"/>
     <w:rsid w:val="00967B6A"/>
+    <w:rsid w:val="00974D86"/>
+    <w:rsid w:val="00984839"/>
+    <w:rsid w:val="00991AF8"/>
+    <w:rsid w:val="00993220"/>
+    <w:rsid w:val="009C1783"/>
+    <w:rsid w:val="009D08EE"/>
     <w:rsid w:val="009D620F"/>
     <w:rsid w:val="009E77D1"/>
+    <w:rsid w:val="00A00205"/>
+    <w:rsid w:val="00A0568E"/>
+    <w:rsid w:val="00A06684"/>
+    <w:rsid w:val="00A21F29"/>
     <w:rsid w:val="00A24D09"/>
+    <w:rsid w:val="00A30115"/>
+    <w:rsid w:val="00A30304"/>
+    <w:rsid w:val="00A37E99"/>
+    <w:rsid w:val="00A47880"/>
+    <w:rsid w:val="00A5322A"/>
+    <w:rsid w:val="00A57EB2"/>
+    <w:rsid w:val="00A655B3"/>
+    <w:rsid w:val="00A759E4"/>
+    <w:rsid w:val="00A81AE7"/>
+    <w:rsid w:val="00A871F5"/>
     <w:rsid w:val="00A96D6D"/>
+    <w:rsid w:val="00AA79C5"/>
     <w:rsid w:val="00AB47D1"/>
+    <w:rsid w:val="00AC6376"/>
+    <w:rsid w:val="00AD1E9D"/>
     <w:rsid w:val="00AD5A63"/>
     <w:rsid w:val="00AD7A5B"/>
+    <w:rsid w:val="00AE25DC"/>
+    <w:rsid w:val="00AF3589"/>
     <w:rsid w:val="00AF44C3"/>
     <w:rsid w:val="00AF59D9"/>
+    <w:rsid w:val="00B03CA9"/>
+    <w:rsid w:val="00B0575E"/>
+    <w:rsid w:val="00B122FC"/>
     <w:rsid w:val="00B133A4"/>
     <w:rsid w:val="00B16061"/>
+    <w:rsid w:val="00B24D29"/>
+    <w:rsid w:val="00B30C0E"/>
     <w:rsid w:val="00B4169B"/>
     <w:rsid w:val="00B4210E"/>
     <w:rsid w:val="00B43E5B"/>
+    <w:rsid w:val="00B45B0F"/>
+    <w:rsid w:val="00B64041"/>
+    <w:rsid w:val="00B643A4"/>
+    <w:rsid w:val="00B728BE"/>
+    <w:rsid w:val="00B7607E"/>
+    <w:rsid w:val="00B77E6A"/>
     <w:rsid w:val="00B823D3"/>
+    <w:rsid w:val="00B85CCC"/>
+    <w:rsid w:val="00B86097"/>
+    <w:rsid w:val="00B86F92"/>
     <w:rsid w:val="00BA3221"/>
+    <w:rsid w:val="00BA60A8"/>
+    <w:rsid w:val="00BB663E"/>
+    <w:rsid w:val="00BB7F97"/>
     <w:rsid w:val="00BC3DAF"/>
+    <w:rsid w:val="00BD195B"/>
+    <w:rsid w:val="00BD3F2A"/>
     <w:rsid w:val="00BD486B"/>
     <w:rsid w:val="00BD5385"/>
     <w:rsid w:val="00BE2CD1"/>
+    <w:rsid w:val="00BE49D2"/>
     <w:rsid w:val="00BF7560"/>
     <w:rsid w:val="00C00D3A"/>
+    <w:rsid w:val="00C10F53"/>
+    <w:rsid w:val="00C120AA"/>
+    <w:rsid w:val="00C201E7"/>
     <w:rsid w:val="00C27C5C"/>
     <w:rsid w:val="00C30D2D"/>
+    <w:rsid w:val="00C3479C"/>
     <w:rsid w:val="00C42DB4"/>
+    <w:rsid w:val="00C470C1"/>
     <w:rsid w:val="00C52713"/>
     <w:rsid w:val="00C700A7"/>
+    <w:rsid w:val="00C826CC"/>
     <w:rsid w:val="00C8496E"/>
+    <w:rsid w:val="00C86E59"/>
     <w:rsid w:val="00C917E8"/>
+    <w:rsid w:val="00C965D4"/>
     <w:rsid w:val="00C96678"/>
+    <w:rsid w:val="00CA39F4"/>
     <w:rsid w:val="00CC41E9"/>
+    <w:rsid w:val="00CD632B"/>
+    <w:rsid w:val="00CE6062"/>
     <w:rsid w:val="00CF08B9"/>
+    <w:rsid w:val="00CF36AE"/>
+    <w:rsid w:val="00CF433B"/>
     <w:rsid w:val="00CF779F"/>
+    <w:rsid w:val="00D03FE3"/>
     <w:rsid w:val="00D05AB0"/>
+    <w:rsid w:val="00D12BAC"/>
     <w:rsid w:val="00D17DAE"/>
+    <w:rsid w:val="00D26BB0"/>
+    <w:rsid w:val="00D30B93"/>
+    <w:rsid w:val="00D31E14"/>
+    <w:rsid w:val="00D36C6A"/>
+    <w:rsid w:val="00D402D4"/>
     <w:rsid w:val="00D40A86"/>
+    <w:rsid w:val="00D45719"/>
+    <w:rsid w:val="00D5574A"/>
+    <w:rsid w:val="00D55CC4"/>
+    <w:rsid w:val="00D61ECE"/>
+    <w:rsid w:val="00D664DB"/>
     <w:rsid w:val="00D72C83"/>
     <w:rsid w:val="00D73DD7"/>
+    <w:rsid w:val="00D85205"/>
     <w:rsid w:val="00DA3303"/>
+    <w:rsid w:val="00DB52B9"/>
+    <w:rsid w:val="00DC4F6F"/>
+    <w:rsid w:val="00DE047D"/>
+    <w:rsid w:val="00DE0FEC"/>
+    <w:rsid w:val="00DE124C"/>
     <w:rsid w:val="00DF0232"/>
+    <w:rsid w:val="00DF6339"/>
     <w:rsid w:val="00E01957"/>
     <w:rsid w:val="00E01E05"/>
+    <w:rsid w:val="00E066C0"/>
     <w:rsid w:val="00E11F2B"/>
+    <w:rsid w:val="00E33288"/>
     <w:rsid w:val="00E35716"/>
     <w:rsid w:val="00E4511F"/>
+    <w:rsid w:val="00E5738A"/>
+    <w:rsid w:val="00E60ED3"/>
     <w:rsid w:val="00E65772"/>
     <w:rsid w:val="00E657B4"/>
     <w:rsid w:val="00E85311"/>
     <w:rsid w:val="00E85BCF"/>
     <w:rsid w:val="00E971EA"/>
     <w:rsid w:val="00E977B1"/>
     <w:rsid w:val="00EA3204"/>
     <w:rsid w:val="00EA56B9"/>
     <w:rsid w:val="00EB53A7"/>
+    <w:rsid w:val="00EB60B3"/>
+    <w:rsid w:val="00ED7B54"/>
     <w:rsid w:val="00F05CFD"/>
     <w:rsid w:val="00F1691B"/>
     <w:rsid w:val="00F224F8"/>
+    <w:rsid w:val="00F23533"/>
     <w:rsid w:val="00F24E73"/>
     <w:rsid w:val="00F52779"/>
     <w:rsid w:val="00F542C7"/>
     <w:rsid w:val="00F5539D"/>
+    <w:rsid w:val="00F6311E"/>
+    <w:rsid w:val="00F7352E"/>
     <w:rsid w:val="00F7445E"/>
     <w:rsid w:val="00F8004B"/>
+    <w:rsid w:val="00F8089E"/>
+    <w:rsid w:val="00F81731"/>
+    <w:rsid w:val="00F835B0"/>
+    <w:rsid w:val="00F86AF0"/>
+    <w:rsid w:val="00F921DA"/>
+    <w:rsid w:val="00F938DB"/>
+    <w:rsid w:val="00FA05A7"/>
+    <w:rsid w:val="00FA54B4"/>
     <w:rsid w:val="00FD3006"/>
+    <w:rsid w:val="00FD5C5E"/>
+    <w:rsid w:val="00FD5E83"/>
     <w:rsid w:val="00FE4A86"/>
     <w:rsid w:val="00FF51A2"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="lv-LV" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="755A0744"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{74D2A384-17CB-4D0D-8511-FE3FE5D00726}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="lv-LV" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -6656,55 +10891,88 @@
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00BF7560"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="en-GB"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="NoSpacing">
     <w:name w:val="No Spacing"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="00614A97"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="pf0">
+    <w:name w:val="pf0"/>
+    <w:basedOn w:val="Normal"/>
+    <w:rsid w:val="00F6311E"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:lang w:eastAsia="lv-LV"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="cf01">
+    <w:name w:val="cf01"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:rsid w:val="00F6311E"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI" w:hint="default"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="FollowedHyperlink">
+    <w:name w:val="FollowedHyperlink"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00480B3B"/>
+    <w:rPr>
+      <w:color w:val="954F72" w:themeColor="followedHyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="1527014594">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1532762827">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -6761,51 +11029,51 @@
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1976983200">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.latvija.gov.lv" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ombuds@seplp.lv" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.latvija.gov.lv" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ombuds@seplp.lv" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.seplp.lv/lv/par-mums/iesniegums-ombudam" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -7079,77 +11347,77 @@
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9F8D3CC2-E19A-4B59-974F-48D4B5812DED}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>5</Pages>
-[...1 lines deleted...]
-  <Characters>3761</Characters>
+  <Pages>6</Pages>
+  <Words>9221</Words>
+  <Characters>5256</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>31</Lines>
-  <Paragraphs>20</Paragraphs>
+  <Lines>43</Lines>
+  <Paragraphs>28</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Nosaukums</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr/>
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>10339</CharactersWithSpaces>
+  <CharactersWithSpaces>14449</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Anda Rožukalne</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>